--- v0 (2025-12-07)
+++ v1 (2026-01-20)
@@ -508,50 +508,55 @@
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>FREQ</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Périodicité</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>REF_AREA</t>
         </is>
       </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Zone géographique de référence</t>
+        </is>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BANK_SELECTION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>BLS - Population bancaire interrogée</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BLS_ITEM</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>BLS - Objet de la question</t>
         </is>
       </c>
     </row>
@@ -13586,50 +13591,55 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B649"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>REF_AREA</t>
         </is>
       </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Zone géographique de référence</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">