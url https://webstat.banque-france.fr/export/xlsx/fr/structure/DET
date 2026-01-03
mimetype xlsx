--- v0 (2025-12-07)
+++ v1 (2026-01-03)
@@ -2,82 +2,84 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Dimensions des séries" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Attributs des séries" sheetId="2" state="visible" r:id="rId2"/>
     <sheet name="Attributs des observations" sheetId="3" state="visible" r:id="rId3"/>
     <sheet name="FREQ" sheetId="4" state="visible" r:id="rId4"/>
     <sheet name="REF_AREA" sheetId="5" state="visible" r:id="rId5"/>
     <sheet name="ESA95_SECTOR" sheetId="6" state="visible" r:id="rId6"/>
     <sheet name="ESA95_ACCOUNT" sheetId="7" state="visible" r:id="rId7"/>
-    <sheet name="COUNT_AREA" sheetId="8" state="visible" r:id="rId8"/>
-[...8 lines deleted...]
-    <sheet name="OBS_CONF" sheetId="17" state="visible" r:id="rId17"/>
+    <sheet name="MUFA_VALUATION" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="COUNT_AREA" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="DATA_TYPE_BOP" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="ESA95TP_DENOM" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="UNIT" sheetId="12" state="visible" r:id="rId12"/>
+    <sheet name="DECIMALS" sheetId="13" state="visible" r:id="rId13"/>
+    <sheet name="UNIT_MULT" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="COLLECTION" sheetId="15" state="visible" r:id="rId15"/>
+    <sheet name="SOURCE_AGENCY" sheetId="16" state="visible" r:id="rId16"/>
+    <sheet name="OBS_STATUS" sheetId="17" state="visible" r:id="rId17"/>
+    <sheet name="OBS_CONF" sheetId="18" state="visible" r:id="rId18"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -150,51 +152,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet16.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet17.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet18.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -442,51 +444,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>BDF_DET1</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Détention de la Dette Négociable de l'Etat (DNE)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -535,4209 +537,12733 @@
         <is>
           <t>ESA95_SECTOR</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Secteur émetteur</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>ESA95_ACCOUNT</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Compte</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>COUNT_AREA</t>
+          <t>MUFA_VALUATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Zone géo. de contrepartie</t>
+          <t>Valorisation des titres</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>DATA_TYPE_BOP</t>
+          <t>COUNT_AREA</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Type de donnees BDP, flux et position</t>
+          <t>Zone géo. de contrepartie</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
+        <is>
+          <t>DATA_TYPE_BOP</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Type de donnees BDP, flux et position</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>ESA95TP_DENOM</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B14"/>
+  <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
-          <t>ESA95TP_DENOM</t>
+          <t>DATA_TYPE_BOP</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Type de donnees BDP, flux et position</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Encours au début de la période (stocks)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Crédit</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>3</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Pourcentage du PIB</t>
+          <t>Débit</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>I</t>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Solde</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Prix valuation adjustment</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>O</t>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Taux de change valuation adjustment</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Taux de croissance par rapport à la période précédente</t>
+          <t>Other adjustments</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Q</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Flux cumulés sur 4 trimestres</t>
+          <t>Encours à la fin de la période (stocks)</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Total adjustments</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>U</t>
-[...6 lines deleted...]
-          <t>W</t>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Solde (international investment position sign convention)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B95"/>
+  <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
-          <t>UNIT</t>
+          <t>ESA95TP_DENOM</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>628</t>
-[...4 lines deleted...]
-          <t>Indice, 2010=100</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>A367</t>
+          <t>2</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>pourcent</t>
+          <t>Pourcentage de la valeur ajoutée/PIB</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>AED</t>
-[...4 lines deleted...]
-          <t>Dirham des Emirats Arabes Unis</t>
+          <t>3</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>AFN</t>
-[...4 lines deleted...]
-          <t>Nouvel Afghani</t>
+          <t>4</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>AME_210</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Pourcentage du revenu disponible brut</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>AME_212</t>
-[...4 lines deleted...]
-          <t>Parité de pouvoir d'achat standard</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>AME_99</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Euro / écu</t>
+          <t>Pourcentage de la valeur ajoutée</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>AOA</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Kwanza</t>
+          <t>Pourcentage du PIB</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>AON</t>
+          <t>A</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Nouveau Kwanza</t>
+          <t>Taux de croissance annuel</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>AOR</t>
-[...4 lines deleted...]
-          <t>Kwanza</t>
+          <t>B</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>ARS</t>
-[...4 lines deleted...]
-          <t>Peso Argentin</t>
+          <t>C</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>BEF</t>
-[...4 lines deleted...]
-          <t>Franc Belge</t>
+          <t>D</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>BGN</t>
+          <t>E</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Lev Nouveau</t>
+          <t>Euro</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>BHD</t>
+          <t>F</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Dinar de Bahreïn</t>
+          <t>Pourcentage</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>BIF</t>
-[...4 lines deleted...]
-          <t>Franc du Burundi</t>
+          <t>G</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>BRL</t>
-[...4 lines deleted...]
-          <t>Real Bresilien</t>
+          <t>H</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>BSD</t>
-[...4 lines deleted...]
-          <t>Dollar des Bahamas</t>
+          <t>I</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>BTN</t>
-[...4 lines deleted...]
-          <t>Ngultrum</t>
+          <t>J</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>BYB</t>
-[...4 lines deleted...]
-          <t>Rouble du Belarus</t>
+          <t>K</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>BYN</t>
-[...4 lines deleted...]
-          <t>Rouble de Bielorussie (Avant 01.01.2000 : Byb / avant 01.01.2017 : Byr)</t>
+          <t>L</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>BZD</t>
-[...4 lines deleted...]
-          <t>Dollar de Belize</t>
+          <t>M</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>CAD</t>
+          <t>N</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Dollar Canadien</t>
+          <t>Monnaie nationale</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CHF</t>
-[...4 lines deleted...]
-          <t>Franc Suisse</t>
+          <t>O</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>CLF</t>
+          <t>P</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Unite d`Investissement</t>
+          <t>Taux de croissance par rapport à la période précédente</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>COP</t>
+          <t>Q</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Peso Colombien</t>
+          <t>Flux cumulés sur 4 trimestres</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>CSD</t>
-[...4 lines deleted...]
-          <t>Dinar de Serbie-et-Montenegro</t>
+          <t>R</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>CZK</t>
-[...4 lines deleted...]
-          <t>Couronne Tcheque</t>
+          <t>S</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>ECS</t>
-[...4 lines deleted...]
-          <t>Sucre</t>
+          <t>T</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>EEK</t>
-[...4 lines deleted...]
-          <t>Couronne d`Estonie</t>
+          <t>U</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>ERB</t>
+          <t>V</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Birr</t>
+          <t>Moyenne mobile sur 3 mois</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>ERN</t>
-[...4 lines deleted...]
-          <t>Nakfa</t>
+          <t>W</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>ESP</t>
-[...4 lines deleted...]
-          <t>Peseta Espagnole</t>
+          <t>X</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>ETB</t>
+          <t>Z</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Birr Ethiopien</t>
-[...687 lines deleted...]
-          <t>Non spécifié</t>
+          <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:B308"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="inlineStr">
+        <is>
+          <t>UNIT</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Code</t>
+          </r>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Libellé</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>596</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Indice, 2008=100</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>628</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Indice, 2010=100</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>A367</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>pourcent</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>A519</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Index, 2005 base 100</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>ADF</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>ADP</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Peseta d`Andorre</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>AED</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Dirham des Emirats Arabes Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>AFA</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Afghani</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>AFN</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Nouvel Afghani</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>ALL</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Lek</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>AMD</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Dram Armenien</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>AME_0</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Monnaie nationale</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>AME_210</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>AME_212</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Parité de pouvoir d'achat standard</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>AME_310</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Pourcentage du PIB aux prix de marché</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>AME_99</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Euro / écu</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>ANG</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Florin des Antilles Neerlandaises</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>ANN</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Année</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>AOA</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Kwanza</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>AON</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Nouveau Kwanza</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>AOR</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Kwanza</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>ARS</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Peso Argentin</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>ATS</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Schilling Autrichien</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>AUD</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Dollar Australien</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>AWG</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Florin d`Aruba</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>AZM</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Manat</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>AZN</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Nouveau Manat Azerbaidjanais</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>BAD</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Dinar</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>BAM</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Convertible Deutsche Mark</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>BBD</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Dollar de Barbade</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>BDT</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Taka</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>BEF</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Franc Belge</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>BEL</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>BGL</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Lev</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>BGN</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Lev Nouveau</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>BHD</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Dinar de Bahreïn</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>BIF</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Franc du Burundi</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>BMD</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Dollar des Bermudes</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>BND</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Dollar de Brunei</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>BOB</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Boliviano</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>BOV</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Mvdol</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>BRL</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Real Bresilien</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>BSD</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Dollar des Bahamas</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>BTN</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Ngultrum</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>BWP</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Pula</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>BYB</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Rouble du Belarus</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>BYN</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Rouble de Bielorussie (Avant 01.01.2000 : Byb / avant 01.01.2017 : Byr)</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>BYR</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Rouble de Bielorussie (Avant 01.01.2000 : Byb)</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>BZD</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Dollar de Belize</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>CAD</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Dollar Canadien</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>CDF</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Franc du Congo Democratique</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>CFA</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Franc Cfa</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>CHF</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Franc Suisse</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>CLF</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Unite d`Investissement</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>CLP</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Peso Chilien</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>CNH</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Yuan Offshore</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>CNY</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Yuan Ren Min Bi</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>COP</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Peso Colombien</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>CRC</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Colon de Costa Rica</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>CSD</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Dinar de Serbie-et-Montenegro</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>CUC</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>Peso cubain convertible</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>CUP</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Peso Cubain</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>CVE</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Escudo du Cap-Vert</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>CYP</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>Livre Cypriote</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>CZK</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Couronne Tcheque</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>DAYS</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>DEM</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Deutsche Mark</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>DJF</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Franc de Djibouti</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>DKK</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Couronne Danoise</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>DOP</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Peso Dominicain</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>DZD</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>Dinar Algerien</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>ECD</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Dollar des Etats-Unis - Equateur</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>ECS</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Sucre</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>ECV</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Unidad de Valor Constante</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>EEK</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Couronne d`Estonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>EGP</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Livre Egyptienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>ERB</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Birr</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>ERN</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>Nakfa</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>ESP</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Peseta Espagnole</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>ETB</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Birr Ethiopien</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>EUR</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Euro</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>EURPPA</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Euro en parité de pouvoir d'achat</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>EURSQ_M</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Euros / Mètre carré</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>FIM</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Mark Finlandais</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>FJD</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Dollar des Fidji</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>FKP</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Livre de Falkland</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>FRF</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>Franc Francais</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>GBP</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Livre Sterling</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>GEL</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Lari</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>GGP</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>GHC</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Cedi</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>GHS</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Nouveau Cedi</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>GIP</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Livre de Gibraltar</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>GMD</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Dalasie</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>GNF</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Franc Guineen</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>GRD</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Drachme</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>GTQ</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Quetzal</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>GYD</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Dollar de Guyane</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>HKD</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>Dollar de Hong Kong</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>HKQ</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>HNL</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Lempira</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>HOURS</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>HRK</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Kuna Croate</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>HTG</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Gourde</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>HUF</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Forint</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>IDR</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Rupiah</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>IEP</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Livre Irlandaise</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>ILS</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Nouveau Israeli Shekel</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>IMP</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>IND</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Indicateur</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>INDI</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Indice</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>INR</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Roupie Indienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>IQD</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Dinar Iraquien</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>IRR</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Rial Iranien</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>ISK</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Couronne Islandaise</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>ITL</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Lire Italienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>JEP</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>JMD</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Dollar Jamaïcain</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>JOD</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Dinar Jordanien</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>JPY</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Yen</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>JRACH</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Jours d'achats</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>JRCA</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>Jours de chiffre d'affaires</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>KES</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>Shilling du Kenya</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>KGS</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>Som</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>KHR</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>Riel</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>KILO</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>Kilogrammes</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>KLITRE</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>Kilolitres</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>KMF</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>Franc des Comores</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>KPW</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Won de La Coree du Nord</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>KRW</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Won</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>KWD</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Dinar Koweïtien</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>KYD</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>Dollar des Caïmanes</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>KZT</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Tenge</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>LAK</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Kip</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>LBP</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Livre Libanaise</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>LIF</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Franc Suisse - Liechtenstein</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>LITRES</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Litres</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>LKR</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Roupie de Sri Lanka</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>LRD</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Dollar Liberien</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>LSL</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Loti</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>LTL</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Litas Lituanien</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>LUF</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>Franc Luxembourgeois</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>LVL</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>Lats Letton</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>LYD</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>Dinar Libyen</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>MAD</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Dirham Marocain</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>MAN-DY</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>MAN-YR</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>MDL</t>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>Leu de Moldovie</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>MGA</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Ariary Malgache</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>MGF</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>Franc Malgache</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>MKD</t>
+        </is>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>Denar</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>MMK</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>Kyat</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>MNT</t>
+        </is>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>Tugrik</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>MONTHS</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>Mois</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>MOP</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>Pataca</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>MRO</t>
+        </is>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>Ouguia</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>MRU</t>
+        </is>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>Ouguiya mauritanien</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>MTL</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Livre Maltaise</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>MUR</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Roupie de Maurice</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Rufiyaa</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>MWK</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>Kwacha du Malawie</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>MXN</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Nouveau Peso Mexicain</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>MXP</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>MYR</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Ringgit de Malaisie</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>MZM</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Metical</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>MZN</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Nouveau Metical Mozamibicain</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>NAD</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Dollar Namibien</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>NATCUR</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Devise nationale</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>NBRE</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>nombre</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>NGN</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Naira</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>NIO</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Cordoba Oro</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>NLG</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>Florin Neerlandais</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>NOK</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Couronne Norvegienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>NPR</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>Roupie du Nepal</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>NZD</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>Dollar Neo-Zelandais</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>OMR</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>Rial Omani</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>OUNCES</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>PAB</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>Balboa</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>PC</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>Pourcent</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>PCCH</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Variation en pourcentage</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>PCPA</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Pourcent par an</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>PCPIB</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>pourcentage du PIB</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>PCT</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>PCVA</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>Pourcentage de la valeur ajoutée</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>PEN</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Nouveau Sol</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>PERS</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>Personnes</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>PGK</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Kina</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>PHP</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>Peso Philippin</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>PKR</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>Roupie du Pakistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>PLN</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>Zloty</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>PLZ</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>PM</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Pour mille</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>POINTS</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Points</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>PROP</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>Proportion</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>PTE</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>Escudo Portugais</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>PTPIB</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>Points de PIB</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>PURE_NUMB</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>Nombre pur</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>PYG</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Guarani</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>QAR</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Riyal du Qatar</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>RATIO</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Ratio</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>ROL</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Leu</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>RON</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Nouveau Ron</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>RSD</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Dinar Serbe</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>RUB</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Rouble Russe</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>RUR</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Rouble Russe</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>RWF</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Franc du Rwanda</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>SAR</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Riyal Saoudien</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>SBD</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Dollar de Salomon</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>SCR</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Roupie des Seychelles</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>SDD</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>Dinar Soudanais</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>SDG</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>Livre Soudanaise</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>SDIM</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>Valeur sans dimension</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>SDP</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>SEK</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>Couronne Suedoise</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>SGD</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>Dollar de Singapour</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>SHP</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>Livre de Sainte-Helene</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>SIT</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>Tolar</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>SKK</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>Couronne Slovaque</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>SLL</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>Leone</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>SML</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>Lire Italienne - San-Marin</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>SO</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>Solde d'opinion</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>SOPCT</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>Solde d'opinion en pourcentage</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>SOS</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>Shilling de Somalie</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>SPL</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>SQ_M</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>Mètres carrés</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>SRD</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Dollar de Suriname</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>SRG</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>Florin de Suriname</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>STD</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Dobra</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>SVC</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>Colon du Salvador</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>SYP</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>Livre Syrienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>SZL</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Lilangeni</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>TCD</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>Dollar des Etats-Unis - Turks et Caicos</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>THB</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Baht</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>TJR</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>Rouble Tadjik</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>TJS</t>
+        </is>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>Somoni</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>TMM</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>Manat</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>TMT</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>Manat</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>TND</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>Dinar Tunisien</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>TONNES</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>Tonnes</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>TOP</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>Pa`Anga</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>TPE</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>Escudo de Timor</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>TRL</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>Livre Turque</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>TRY</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>Nouvelle Livre Turque</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>TTD</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>Dollar de La Trinite et de Tobago</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>TVD</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>TWD</t>
+        </is>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>Nouveau Dollar de Taiwan</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>TZS</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>Shilling de Tanzanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>UAH</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>Hryvnia</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>UAK</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>Karbovanet</t>
+        </is>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>UGX</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>Shilling Ougandais</t>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>UNITS</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>Unité décrite dans le titre</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>USD</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>Dollar des Etats-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>USN</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Dollar Us Lendemain</t>
+        </is>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>USS</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>Dollar Us (Même Jour)</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>UYU</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Peso Uruguayen</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>UZS</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>Soum d`Ouzbekistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>VEB</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>Bolivar</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>VEF</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>VEF</t>
+        </is>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>VND</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>Dong</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>VUV</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Vatu</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>WST</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>Tala</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>X3</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>Devise</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>XAF</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>Franc Cfa-Beac</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>XAG</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>Argent</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>XAU</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>Or Monetaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>XBA</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>Unite Europeenne Composee (Eurco)</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>XBB</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>XBC</t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
+        </is>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>XBD</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>XCD</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Dollar des Caraïbes Orientales</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>XDC</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>Monnaie nationale</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>XDC_R_B1GQ_CY</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>XDC_R_B1G_CY</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>XDC_R_B6G_S1M</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>en % du RDB</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>XDC_R_DEBT</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>part dans l endettement</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>XDR</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>XDV</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>Monnaies Indeterminees Cvf</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr">
+        <is>
+          <t>XER</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>Ecu Prive</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="inlineStr">
+        <is>
+          <t>XEU</t>
+        </is>
+      </c>
+      <c r="B282" t="inlineStr">
+        <is>
+          <t>Unite de Compte Europeen (E.C.U.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr">
+        <is>
+          <t>XGO</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>Once d’or fin</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr">
+        <is>
+          <t>XOF</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>Franc Cfa-Bceao</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr">
+        <is>
+          <t>XPD</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>Palladium</t>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>XPF</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>Franc Cfp</t>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>XPT</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>Platine</t>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>XRH</t>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>XTS</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>Code reserve specifiquement a des fins d`essai</t>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>XXX</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Codes attrib. aux transactions ne faisant pas in</t>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>YEARS</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>YER</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>Riyal du Yemen</t>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>YUM</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Nouveau Dinar Serbie Montenegro</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>YUN</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>Dinar Yougoslave</t>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>Z01</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>Toutes monnaies confondues</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>Z06</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>Toutes monnaies non-euro confondues</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>ZAR</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Rand</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>ZDV</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>Monnaies Indeterminees Cve</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>ZMK</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>Kwacha de Zambie</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>ZMW</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>Nouveau kwacha de Zambie</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>ZRN</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>Nouveau Zaïre</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>ZWD</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>Dollar du Zimbabwe (ZWD - )</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>ZWL</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>Dollar du Zimbabwe (ZWL - )</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>ZWN</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>Dollar du Zimbabwe (ZWN - )</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>ZWR</t>
+        </is>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>_T</t>
+        </is>
+      </c>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>Toutes monnaies d'opération</t>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>_X</t>
+        </is>
+      </c>
+      <c r="B307" t="inlineStr">
+        <is>
+          <t>Non spécifié</t>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>_Z</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>Non applicable</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:B19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="inlineStr">
+        <is>
+          <t>DECIMALS</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Nombre de décimales</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Code</t>
+          </r>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Libellé</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Zéro</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Un</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Dix</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Onze</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Douze</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Treize</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Quatorze</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Quinze</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Deux</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Trois</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Quatre</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Cinq</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Six</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Sept</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Huit</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Neuf</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:B15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="inlineStr">
+        <is>
+          <t>UNIT_MULT</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Magnitude</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Code</t>
+          </r>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Libellé</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>-1</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Dixièmes</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>-2</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Centièmes</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>-3</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Millièmes</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Unités</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Dizaines</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Milliers de millions</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Millions de milliards</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Centaines</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Milliers</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Dizaines de milliers</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Millions</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Milliards</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:B13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="inlineStr">
+        <is>
+          <t>COLLECTION</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Méthode d`observation</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Code</t>
+          </r>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Libellé</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Moyenne de la période</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Début de période</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Fin de période</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Plus haut</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Plus bas</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Milieu de période</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>U</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Inconnue</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Autre</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Somme annualisée</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:B631"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="inlineStr">
+        <is>
+          <t>SOURCE_AGENCY</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Source</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Code</t>
+          </r>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Libellé</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>1A0</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>International organisations</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>1B0</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>UN organisations</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>1C0</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>International Monetary Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>1D0</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>World Trade Organisation</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>1E0</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>International Bank for Reconstruction and Development</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>1F0</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>International Development Association</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>1G0</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Other UN Organisations (includes 1H, 1J-1T)</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>1H0</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>UNESCO (United Nations Educational, Scientific and Cultural Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>1J0</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>FAO (Food and Agriculture Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>1K0</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>WHO (World Health Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>1L0</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>IFAD (International Fund for Agricultural Development)</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>1M0</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>IFC (International Finance Corporation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>1N0</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>MIGA (Multilateral Investment Guarantee Agency)</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>1O0</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>UNICEF (United Nations Children Fund)</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>1P0</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>UNHCR (United Nations High Commissioner for Refugees)</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>1Q0</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>UNRWA (United Nations Relief and Works Agency for Palestine)</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>1R0</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>IAEA (International Atomic Energy Agency)</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>1S0</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>ILO (International Labour Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>1T0</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>ITU (International Telecommunication Union)</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>1Z0</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Rest of UN Organisations n.i.e.</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>4A0</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>European Community Institutions, Organs and Organisms</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>4B0</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>EMS (European Monetary System)</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>4C0</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>European Investment Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>4D0</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Eurostat</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>4D1</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>European Commission (including Eurostat)</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>4E0</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>European Development Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>4F0</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>BCE (Banque Centrale Européenne)</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>4G0</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>EIF (European Investment Fund)</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>4H0</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>European Community of Steel and Coal</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>4I0</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Neighbourhood Investment Facility</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>4J0</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Other EC Institutions, Organs and Organisms covered by General budget</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>4K0</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>European Parliament</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>4L0</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>European Council</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>4M0</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Court of Justice</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>4N0</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Court of Auditors</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>4P0</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Economic and Social Committee</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>4Q0</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Committee of Regions</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>4V0</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>FEMIP (Facility for Euro-Mediterranean Investment and Partnership)</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>4Z0</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Other European Community Institutions, Organs and Organisms</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>5A0</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>OCDE</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>5B0</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>BRI (Banque des Règlements Internationaux)</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>5C0</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Inter-American Development Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>5D0</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>African Development Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>5E0</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Asian Development Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>5F0</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>European Bank for Reconstruction and Development</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>5G0</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>IIC (Inter-American Investment Corporation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>5H0</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>NIB (Nordic Investment Bank)</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>5I0</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB)</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>5J0</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>IBEC (International Bank for Economic Co-operation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>5K0</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>IIB (International Investment Bank)</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>5L0</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>CDB (Caribbean Development Bank)</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>5M0</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>AMF (Arab Monetary Fund)</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>5N0</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>BADEA (Banque arabe pour le developpement economique en Afrique)</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>5O0</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO)</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>5P0</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>CASDB (Central African States Development Bank)</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>5Q0</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>African Development Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>5R0</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Asian Development Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>5S0</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Fonds special unifie de developpement</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>5T0</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>CABEI (Central American Bank for Economic Integration)</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>5U0</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>ADC (Andean Development Corporation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>5V0</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>Other International Organisations (financial institutions)</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>5W0</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l`Afrique Centrale (BEAC)</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>5X0</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Communaute economique et Monetaire de l`Afrique Centrale (CEMAC)</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>5Y0</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Currency Union (ECCU)</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>5Z0</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Other International Financial Organisations n.i.e.</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>6A0</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Other International Organisations (non-financial institutions)</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>6B0</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>NATO (North Atlantic Treaty Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>6C0</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Council of Europe</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>6D0</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>ICRC (International Committee of the Red Cross)</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>6E0</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>ESA (European Space Agency)</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>6F0</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>EPO (European Patent Office)</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>6G0</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>EUROCONTROL (European Organisation for the Safety of Air Navigation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>6H0</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>EUTELSAT (European Telecommunications Satellite Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>6I0</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>West African Economic and Monetary Union (WAEMU)</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>6J0</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>INTELSAT (International Telecommunications Satellite Organisation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>6K0</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>EBU/UER (European Broadcasting Union/Union europeenne de radio-television)</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>6L0</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>EUMETSAT (European Organisation for the Exploitation of Meteorological Satellites)</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>6M0</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>ESO (European Southern Observatory)</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>6N0</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>ECMWF (European Centre for Medium-Range Weather Forecasts)</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>6O0</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>EMBL (European Molecular Biology Laboratory)</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>6P0</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>CERN (European Organisation for Nuclear Research)</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>6Q0</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>IOM (International Organisation for Migration)</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>6R0</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Islamic Development Bank (IDB)</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>6S0</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Eurasian Development Bank (EDB)</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>6T0</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Paris Club Creditor Institutions</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>6Z0</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Other International Non-Financial Organisations n.i.e.</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>7Z0</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>International Organisations excl. European Community Institutions (4A)</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>8A0</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>International Union of Credit and Investment Insurers</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>ACPR</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Autorité de Contrôle Prudentiel et de Résolution</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>AE2</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Central Bank of the United Arab Emirates</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>AE4</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Industry (United Arab Emirates)</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>AF2</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Da Afghanistan Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>AF4</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Afghanistan, Islamic State of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>AG2</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB) (Antigua and Barbuda)</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>AG4</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Antigua and Barbuda)</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>AI4</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Anguilla)</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>AL1</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Institution of Statistics (Albania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>AL2</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Bank of Albania</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>AL4</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>Ministere des Finances (Albania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>AM1</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>State National Statistics Service (Armenia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>AM2</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Central Bank of Armenia</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>AM4</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economy (Armenia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>AN1</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Netherlands Antilles)</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>AN2</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Bank of the Netherlands Antilles</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>AO2</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Banco Nacional de Angola</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>AO4</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Ministerio das Finanças (Angola)</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>AR1</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estadistica y Censos (Argentina)</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>AR2</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Banco Central de la Republica Argentina</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>AR4</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Ministerio de Economia (Argentina)</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>AT1</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Statistik Österreich (Austria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>AT2</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Oesterreichische Nationalbank (Austria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>AU1</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Australian Bureau of Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>AU2</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Reserve Bank of Australia</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>AU3</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Australian Prudential Regulation Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>AW1</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Aruba)</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>AW2</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Centrale Bank van Aruba</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>AZ1</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>State Statistics Committee of the Azerbaijan Republic</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>AZ2</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>National Bank of Azerbaijan</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>AZ4</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Azerbaijan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>B52</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Banques Centrales Nationales - Banque Centrale Européenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>BA1</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Institute of Statistics (Bosnia and Herzegovina)</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>BA2</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>Central Bank of Bosnia and Herzegovina</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>BA4</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>Ministry of Finance for the Federation of Bosnia and Herzegovina</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>BB1</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>Barbados Statistical Service</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>BB2</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>Central Bank of Barbados</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>BB4</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economic Affairs (Barbados)</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>BD2</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>Bangladesh Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>BD4</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Bangladesh)</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>BE1</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Institut National de Statistiques de Belgique (Belgium)</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>BE2</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Banque Nationale de Belgique (Belgium)</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>BE3</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Federal Public Service Budget (Belgium)</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>BE9</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>Bureau van Dijk</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>BF2</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Burkina Faso)</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>BF4</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Burkina Faso)</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>BG1</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>National Statistical Institute of Bulgaria</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>BG2</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Bulgarian National Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>BG3</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Prime Ministers Office (Bulgaria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>BG4</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Bulgaria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>BH1</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Directorate of Statistics (Bahrain)</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>BH2</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Bahrain Monetary Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>BH4</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and National Economy (Bahrain)</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>BI2</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>Banque de la Republique du Burundi</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>BI3</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>Ministere du Plan (Burundi)</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>BI4</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>Ministere des finances (Burundi)</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>BJ1</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Institut National de la Statistique et de l`Analyse Economique (Benin)</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>BJ2</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Benin)</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>BJ4</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>Ministere des Finances (Benin)</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>BM1</t>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>Bermuda Government - Department of Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>BM2</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Bermuda Monetary Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>BN1</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>Department of Statistics (Brunei Darussalam)</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>BN4</t>
+        </is>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Brunei Darussalam)</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>BO1</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estadistica (Bolivia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>BO2</t>
+        </is>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>Banco Central de Bolivia</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>BO3</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>Secretaria Nacional de Hacienda (Bolivia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>BO4</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda (Bolivia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>BR2</t>
+        </is>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>Banco Central do Brasil</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>BR4</t>
+        </is>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>Ministerio da Fazenda (Brazil)</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>BS1</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Department of Statistics (Bahamas)</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>BS2</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>The Central Bank of the Bahamas</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>BS4</t>
+        </is>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Bahamas)</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>BT2</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>Royal Monetary Authority of Bhutan</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>BT4</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Bhutan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>BW2</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Bank of Botswana</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>BW4</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Development Planning (Botswana)</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>BY1</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Ministry of Statistics and Analysis of the Republic of Belarus</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>BY2</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>National Bank of Belarus</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>BY4</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Ministry of Finance of the Republic of Belarus</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>BZ1</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Central Statistical Office (Belize)</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>BZ2</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>Central Bank of Belize</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>BZ3</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Ministry of Foreign Affairs (Belize)</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>BZ4</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Belize)</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>CA1</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>Statistics Canada</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>CA2</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Bank of Canada</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>CD1</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>Institute National de la Statistique (Congo, Dem. Rep. of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>CD2</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>Banque Centrale du Congo (Congo, Dem. Rep. of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>CD4</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Budget (Congo, Dem. Rep. of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>CF2</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l`Afrique Centrale (BEAC) (Central African Republic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>CF3</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>Presidence de la Republique (Central African Republic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>CF4</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>Ministere des Finances, du Plan et de la Cooperation International (Central African Republic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>CG1</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Centre National de la Statistique et des Etudes Economiques (CNSEE) (Congo, Rep of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>CG2</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l`Afrique Centrale (BEAC) (Congo, Rep. of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>CG4</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Ministere de l`economie, des finances et du budget (Congo, Rep of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>CH1</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>Swiss Federal Statistical Office</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>CH2</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>Schweizerische Nationalbank (Switzerland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>CH3</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Direction generale des douanes (Switzerland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>CH4</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>Swiss Federal Finance Administration (Switzerland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>CI2</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Cote d`Ivoire)</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>CI4</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Cote d`Ivoire)</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>CL2</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>Banco Central de Chile</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>CL4</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda (Chile)</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>CM2</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l`Afrique Centrale (BEAC) (Cameroon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>CM3</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Ministere du Plan et de l`Amenagement du Territoire (Cameroon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>CM4</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Ministere de l`economie et des finances (Cameroon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>CN1</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>State National Bureau of Statistics (China, P.R. Mainland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>CN2</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>The Peoples Bank of China</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>CN3</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>State Administration of Foreign Exchange (China, P.R. Mainland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>CN4</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (China, P.R. Mainland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>CO1</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Centro Administrativo Nacional (Colombia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>CO2</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Banco de la Republica (Colombia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>CO4</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda y Credito Publico (Colombia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>CR2</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Banco Central de Costa Rica</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>CR4</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda (Costa Rica)</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>CS1</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Federal Statistical Office (Serbia and Montenegro)</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>CS2</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>National Bank of Serbia</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>CS4</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Federal Ministry of Finance (Serbia and Montenegro)</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>CV1</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estatistica (Cape Verde)</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>CV2</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Banco de Cabo Verde (Cape Verde)</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>CV3</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Ministere de la coordination economique (Cape Verde)</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>CV4</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Ministerio das Financas (Cape Verde)</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>CY1</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>Cyprus, Department of Statistics and Research (Ministry of Finance)</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>CY2</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>Central Bank of Cyprus</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>CY4</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Cyprus)</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>CZ1</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>Czech Statistical Office</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>CZ2</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>Czech National Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>CZ3</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>Ministry of Transport and Communications/Transport Policy (Czech Republic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>CZ4</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>Ministry of Finance of the Czech Republic</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>D22</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>EU 15 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>D32</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>EU 25 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>D82</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>Central banks of the new EU Member States 2004 (CY,CZ,EE,HU,LV,LT,MT,PL,SK,SI)</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>DE1</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>Statistisches Bundesamt (Germany)</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>DE2</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>Deutsche Bundesbank</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>DE3</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>Kraftfahrt-Bundesamt (Germany)</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>DE4</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>Bundesministerium der Finanzen (Germany)</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>DE8</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>IFO Institut für Wirtschaftsforschung (Germany)</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>DE9</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>Zentrum fur Europaische Wirtschaftsforschnung (ZEW, Germany)</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>DJ2</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Banque Nationale de Djibouti</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>DJ3</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>Tresor National (Djibouti)</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>DJ4</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Djibouti)</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>DK1</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>Danmarks Statistik (Denmark)</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>DK2</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>Danmarks Nationalbank (Denmark)</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>DM1</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Central Statistical Office (Dominica)</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>DM2</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB) (Dominica)</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>DM4</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Dominica)</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>DO2</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>Banco Central de la Republica Dominicana</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>DZ1</t>
+        </is>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>Office National des Statistiques (Algeria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>DZ2</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>Banque d`Algerie</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>DZ4</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>Ministere des Finances (Algeria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>EC1</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estadistica y Censos (Ecuador)</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>EC2</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>Banco Central del Ecuador</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>EC4</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>Ministerio de Finanzas y Credito Publico (Ecuador)</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>EE1</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>Estonia, State Statistical Office</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>EE2</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>Bank of Estonia</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>EE4</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Estonia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>EG1</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>Central Agency for Public Mobilization and Stats. (Egypt)</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>EG2</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Central Bank of Egypt</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>EG4</t>
+        </is>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Egypt)</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>ER2</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>Bank of Eritrea</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>ER4</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Eritrea)</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>ES1</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Statistica (Spain)</t>
+        </is>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>ES2</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>Banco de España</t>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>ES3</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>Departamento de Aduanas (Spain)</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>ES4</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>Ministerio de Economia y Hacienda (Spain)</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>ES5</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Ministerio de Industria, Tourismo y Comerco (Spain)</t>
+        </is>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>ET2</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>National Bank of Ethiopia</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>ET3</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Customs and Excise Administration (Ethiopia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>ET4</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Ethiopia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>FI1</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>Statistics Finland (Finland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>FI2</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>Bank of Finland (Finland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>FI3</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>National Board of Customs (Finland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>FJ1</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Bureau of Statistics (Fiji)</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>FJ2</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>Reserve Bank of Fiji</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>FJ4</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and National Planning (Fiji)</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>FM1</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>Office of Planning and Statistics (Micronesia, Federated States of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>FR1</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>Institut National de la Statistique et des Etudes Economiques - INSEE</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>FR2</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>Banque de France</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>FR3</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>Ministère de l'Equipement, des Transports et du Logement</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>FR4</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>Ministère de l'Economie et des Finances</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>FR5</t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>Direction Générale des Douanes</t>
+        </is>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>FR70</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>Ministères aménagement du territoire transition écologique</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>GA2</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l'Afrique Centrale (BEAC) (Gabon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>GA3</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>Ministere du Plan (Gabon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>GA4</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Ministry of Economy, Finance and Privatization (Gabon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>GA5</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Tresorier-Payeur General du Gabon</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>GB1</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>Office for National Statistics (United Kingdom)</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>GB2</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Bank of England</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>GB3</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Department of Environment, Transport and the Regions (United Kingdom)</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>GB4</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>Department of Trade and Industry (United Kingdom)</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr">
+        <is>
+          <t>GB9</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>Markit (United Kingdom)</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="inlineStr">
+        <is>
+          <t>GD2</t>
+        </is>
+      </c>
+      <c r="B282" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB) (Grenada)</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr">
+        <is>
+          <t>GD4</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Grenada)</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr">
+        <is>
+          <t>GE1</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>State Department for Statistics of Georgia</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr">
+        <is>
+          <t>GE2</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>National Bank of Georgia</t>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>GE4</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Georgia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>GF1</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>Institut National de la Statistique et des Etudes Economiques - INSEE - Service regional (Guiana, French)</t>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>GG6</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Financial Services Commission, Guernsey (GG)</t>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>GH1</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>Ghana Statistical Service</t>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>GH2</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Bank of Ghana</t>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>GH4</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Ghana)</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>GM2</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>Central Bank of The Gambia</t>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>GM4</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economic Affairs (Gambia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>GN1</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>Service de la Statistique generale et de la Mecanographie (Guinea)</t>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>GN2</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>Banque Centrale de la Republique de Guinee</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>GN4</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Guinea)</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>GP1</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Institut National de la Statistique et des Etudes Economiques - INSEE -Service regional (Guadeloupe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>GQ2</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l`Afrique Centrale (BEAC) (Equatorial Guinea)</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>GQ4</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>Ministerio de Economia y Hacienda (Equatorial Guinea)</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>GR1</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>National Statistical Service of Greece (Greece)</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>GR2</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>Bank of Greece (Greece)</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>GR4</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>Ministry of Economy and Finance (Greece)</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>GT1</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estadistica (Guatemala)</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>GT2</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>Banco de Guatemala</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>GT4</t>
+        </is>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>Ministerio de Finanzas Publicas (Guatemala)</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>GW2</t>
+        </is>
+      </c>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Guinea-Bissau)</t>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>GW4</t>
+        </is>
+      </c>
+      <c r="B307" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Guinea-Bissau)</t>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>GY1</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>Statistical Bureau / Ministry of Planning (Guyana)</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>GY2</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>Bank of Guyana</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>GY4</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Guyana)</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
+          <t>HK1</t>
+        </is>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>Census and Statistics Department (China, P.R. Hong Kong)</t>
+        </is>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="inlineStr">
+        <is>
+          <t>HK2</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>Hong Kong Monetary Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="inlineStr">
+        <is>
+          <t>HK4</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>Financial Services and the Treasury Bureau (Treasury) (China, P.R. Hong Kong)</t>
+        </is>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="inlineStr">
+        <is>
+          <t>HN1</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>Direccion General de Censos y Estadisticas (Honduras)</t>
+        </is>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="inlineStr">
+        <is>
+          <t>HN2</t>
+        </is>
+      </c>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>Banco Central de Honduras</t>
+        </is>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="inlineStr">
+        <is>
+          <t>HN4</t>
+        </is>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda y Credito Publico (Honduras)</t>
+        </is>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="inlineStr">
+        <is>
+          <t>HR1</t>
+        </is>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Croatia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="inlineStr">
+        <is>
+          <t>HR2</t>
+        </is>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>Croatian National Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="inlineStr">
+        <is>
+          <t>HR4</t>
+        </is>
+      </c>
+      <c r="B319" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Croatia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="inlineStr">
+        <is>
+          <t>HT1</t>
+        </is>
+      </c>
+      <c r="B320" t="inlineStr">
+        <is>
+          <t>Institut Haitien de Statistique et d`Informatique (Haiti)</t>
+        </is>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="inlineStr">
+        <is>
+          <t>HT2</t>
+        </is>
+      </c>
+      <c r="B321" t="inlineStr">
+        <is>
+          <t>Banque de la Republique dHaiti</t>
+        </is>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="inlineStr">
+        <is>
+          <t>HT4</t>
+        </is>
+      </c>
+      <c r="B322" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Haiti)</t>
+        </is>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="inlineStr">
+        <is>
+          <t>HU1</t>
+        </is>
+      </c>
+      <c r="B323" t="inlineStr">
+        <is>
+          <t>Hungarian Central Statistical Office</t>
+        </is>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr">
+        <is>
+          <t>HU2</t>
+        </is>
+      </c>
+      <c r="B324" t="inlineStr">
+        <is>
+          <t>National Bank of Hungary</t>
+        </is>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="inlineStr">
+        <is>
+          <t>HU4</t>
+        </is>
+      </c>
+      <c r="B325" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Hungary)</t>
+        </is>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>I22</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
+        <is>
+          <t>Euro area 12 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="inlineStr">
+        <is>
+          <t>I32</t>
+        </is>
+      </c>
+      <c r="B327" t="inlineStr">
+        <is>
+          <t>Euro area 13 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="inlineStr">
+        <is>
+          <t>I42</t>
+        </is>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>Euro area 15 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="inlineStr">
+        <is>
+          <t>I52</t>
+        </is>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>Euro area 16 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr">
+        <is>
+          <t>I62</t>
+        </is>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="inlineStr">
+        <is>
+          <t>ID1</t>
+        </is>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>BPS-Statistics Indonesia</t>
+        </is>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="inlineStr">
+        <is>
+          <t>ID2</t>
+        </is>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>Bank Indonesia</t>
+        </is>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr">
+        <is>
+          <t>ID4</t>
+        </is>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Indonesia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>IE1</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>Central Statistical Office (Ireland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>IE2</t>
+        </is>
+      </c>
+      <c r="B335" t="inlineStr">
+        <is>
+          <t>Central Bank of Ireland (Ireland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="inlineStr">
+        <is>
+          <t>IE3</t>
+        </is>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>The Office of the Revenue Commissioners (Ireland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="inlineStr">
+        <is>
+          <t>IE4</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>Department of Finance (Ireland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="inlineStr">
+        <is>
+          <t>IL1</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Israel)</t>
+        </is>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="inlineStr">
+        <is>
+          <t>IL2</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>Bank of Israel</t>
+        </is>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>IM6</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>Financial Supervision Commission, Isle of Man (IM)</t>
+        </is>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="inlineStr">
+        <is>
+          <t>IN2</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>Reserve Bank of India</t>
+        </is>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>IN4</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (India)</t>
+        </is>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>IQ2</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>Central Bank of Iraq</t>
+        </is>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>IQ4</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Iraq)</t>
+        </is>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>IR2</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>The Central Bank of the Islamic Republic of Iran</t>
+        </is>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>IS1</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>Statistics Iceland</t>
+        </is>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>IS2</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>Central Bank of Iceland</t>
+        </is>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>IT1</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>Instituto Nazionale di Statistica - ISTAT (Italy)</t>
+        </is>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>IT2</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>Banca d`Italia</t>
+        </is>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>IT3</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>Ufficio Italiano dei Cambi (Italy)</t>
+        </is>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>IT4</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>Ministerio de Tesore (Italy)</t>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>IT9</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>Instituto di Studi e Analisi Economica (Italy)</t>
+        </is>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>JE6</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>Financial Services Commission, Jersey (JE)</t>
+        </is>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>JM1</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>Statistical Institute of Jamaica</t>
+        </is>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>JM2</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>Bank of Jamaica</t>
+        </is>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>JM4</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Planning (Jamaica)</t>
+        </is>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>JO1</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>Department of Statistics (Jordon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>JO2</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>Central Bank of Jordan</t>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>JO4</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Jordon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>JP2</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>Bank of Japan</t>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>JP4</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Japan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>KE1</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Kenya)</t>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>KE2</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>Central Bank of Kenya</t>
+        </is>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>KE3</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>Ministry of Planning and National Development (Kenya)</t>
+        </is>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="inlineStr">
+        <is>
+          <t>KE4</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>Office of the Vice President and Ministry of Finance (Kenya)</t>
+        </is>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="inlineStr">
+        <is>
+          <t>KG1</t>
+        </is>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>National Statistical Committee of Kyrgyz Republic</t>
+        </is>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="inlineStr">
+        <is>
+          <t>KG2</t>
+        </is>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>National Bank of the Kyrgyz Republic</t>
+        </is>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="inlineStr">
+        <is>
+          <t>KG4</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Kyrgyz Republic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="inlineStr">
+        <is>
+          <t>KH2</t>
+        </is>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>National Bank of Cambodia</t>
+        </is>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="inlineStr">
+        <is>
+          <t>KH4</t>
+        </is>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>Ministere de l`economie et des finances (Cambodia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="inlineStr">
+        <is>
+          <t>KI2</t>
+        </is>
+      </c>
+      <c r="B371" t="inlineStr">
+        <is>
+          <t>Bank of Kiribati, Ltd</t>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="inlineStr">
+        <is>
+          <t>KI4</t>
+        </is>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economic Planning (Kiribati)</t>
+        </is>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="inlineStr">
+        <is>
+          <t>KM2</t>
+        </is>
+      </c>
+      <c r="B373" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Comoros</t>
+        </is>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="inlineStr">
+        <is>
+          <t>KM4</t>
+        </is>
+      </c>
+      <c r="B374" t="inlineStr">
+        <is>
+          <t>Ministere des Finances, du budget et du plan (Comoros)</t>
+        </is>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" t="inlineStr">
+        <is>
+          <t>KN2</t>
+        </is>
+      </c>
+      <c r="B375" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB) (St. Kitts and Nevis)</t>
+        </is>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" t="inlineStr">
+        <is>
+          <t>KN4</t>
+        </is>
+      </c>
+      <c r="B376" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (St. Kitts and Nevis)</t>
+        </is>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" t="inlineStr">
+        <is>
+          <t>KR2</t>
+        </is>
+      </c>
+      <c r="B377" t="inlineStr">
+        <is>
+          <t>The Bank of Korea</t>
+        </is>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" t="inlineStr">
+        <is>
+          <t>KR4</t>
+        </is>
+      </c>
+      <c r="B378" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economy (Korea, Republic of)</t>
+        </is>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" t="inlineStr">
+        <is>
+          <t>KW1</t>
+        </is>
+      </c>
+      <c r="B379" t="inlineStr">
+        <is>
+          <t>Statistics and Information Technology Sector (Kuwait)</t>
+        </is>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" t="inlineStr">
+        <is>
+          <t>KW2</t>
+        </is>
+      </c>
+      <c r="B380" t="inlineStr">
+        <is>
+          <t>Central Bank of Kuwait</t>
+        </is>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" t="inlineStr">
+        <is>
+          <t>KW4</t>
+        </is>
+      </c>
+      <c r="B381" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Kuwait)</t>
+        </is>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" t="inlineStr">
+        <is>
+          <t>KY1</t>
+        </is>
+      </c>
+      <c r="B382" t="inlineStr">
+        <is>
+          <t>Department of Finance &amp; Development / Statistical Office (Cayman Islands)</t>
+        </is>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" t="inlineStr">
+        <is>
+          <t>KY2</t>
+        </is>
+      </c>
+      <c r="B383" t="inlineStr">
+        <is>
+          <t>Cayman Islands Monetary Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" t="inlineStr">
+        <is>
+          <t>KZ1</t>
+        </is>
+      </c>
+      <c r="B384" t="inlineStr">
+        <is>
+          <t>National Statistical Agency / Ministry of Economy and Trade of the Republic of Kazakhstan</t>
+        </is>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" t="inlineStr">
+        <is>
+          <t>KZ2</t>
+        </is>
+      </c>
+      <c r="B385" t="inlineStr">
+        <is>
+          <t>National Bank of the Republic of Kazakhstan</t>
+        </is>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" t="inlineStr">
+        <is>
+          <t>KZ4</t>
+        </is>
+      </c>
+      <c r="B386" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Kazakhstan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" t="inlineStr">
+        <is>
+          <t>LA2</t>
+        </is>
+      </c>
+      <c r="B387" t="inlineStr">
+        <is>
+          <t>Bank of the Lao P.D.R.</t>
+        </is>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" t="inlineStr">
+        <is>
+          <t>LA4</t>
+        </is>
+      </c>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Lao Peoples Democratic Republic)</t>
+        </is>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" t="inlineStr">
+        <is>
+          <t>LB1</t>
+        </is>
+      </c>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>Central Administration of Statistics (Lebanon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" t="inlineStr">
+        <is>
+          <t>LB2</t>
+        </is>
+      </c>
+      <c r="B390" t="inlineStr">
+        <is>
+          <t>Banque du Liban (Lebanon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" t="inlineStr">
+        <is>
+          <t>LB4</t>
+        </is>
+      </c>
+      <c r="B391" t="inlineStr">
+        <is>
+          <t>Ministere des finances (Lebanon)</t>
+        </is>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" t="inlineStr">
+        <is>
+          <t>LBA</t>
+        </is>
+      </c>
+      <c r="B392" t="inlineStr">
+        <is>
+          <t>LBMA (London Bullion Market Association)</t>
+        </is>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>LC2</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB) (St. Lucia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>LC4</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>Ministry of Finance, International Financial Services and Economic Affairs (St. Lucia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" t="inlineStr">
+        <is>
+          <t>LI1</t>
+        </is>
+      </c>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>Amt fur Volkswirtschaft</t>
+        </is>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" t="inlineStr">
+        <is>
+          <t>LK2</t>
+        </is>
+      </c>
+      <c r="B396" t="inlineStr">
+        <is>
+          <t>Central Bank of Sri Lanka</t>
+        </is>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" t="inlineStr">
+        <is>
+          <t>LR1</t>
+        </is>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>Ministry of Planning and Economic Affairs (Liberia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="inlineStr">
+        <is>
+          <t>LR2</t>
+        </is>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>Central Bank of Liberia</t>
+        </is>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="inlineStr">
+        <is>
+          <t>LR4</t>
+        </is>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Liberia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr">
+        <is>
+          <t>LS2</t>
+        </is>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>Central Bank of Lesotho</t>
+        </is>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" t="inlineStr">
+        <is>
+          <t>LS4</t>
+        </is>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Lesotho)</t>
+        </is>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr">
+        <is>
+          <t>LT1</t>
+        </is>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>Lithuania, Department of Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr">
+        <is>
+          <t>LT2</t>
+        </is>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>Bank of Lithuania</t>
+        </is>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr">
+        <is>
+          <t>LT4</t>
+        </is>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Lithuania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" t="inlineStr">
+        <is>
+          <t>LU1</t>
+        </is>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>STATEC - Service central de la statistique et des études économiques du Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" t="inlineStr">
+        <is>
+          <t>LU2</t>
+        </is>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>Banque centrale du Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" t="inlineStr">
+        <is>
+          <t>LV1</t>
+        </is>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>Central Statistical Bureau of Latvia</t>
+        </is>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" t="inlineStr">
+        <is>
+          <t>LV2</t>
+        </is>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>Bank of Latvia</t>
+        </is>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="inlineStr">
+        <is>
+          <t>LV3</t>
+        </is>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>The Treasury of the Republic of Latvia</t>
+        </is>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="inlineStr">
+        <is>
+          <t>LY1</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>The National Corporation for Information and Documentation (Libya)</t>
+        </is>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="inlineStr">
+        <is>
+          <t>LY2</t>
+        </is>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>Central Bank of Libya</t>
+        </is>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="inlineStr">
+        <is>
+          <t>LY3</t>
+        </is>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>General Peoples Secretariat of the Treasury (Libya)</t>
+        </is>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="inlineStr">
+        <is>
+          <t>MA1</t>
+        </is>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>Ministere de la Prevision Economique et du Plan (Morocco)</t>
+        </is>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="inlineStr">
+        <is>
+          <t>MA2</t>
+        </is>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>Bank Al-Maghrib (Morocco)</t>
+        </is>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="inlineStr">
+        <is>
+          <t>MA4</t>
+        </is>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie, des Finances, de la Privatisation et du Tourisme (Morocco)</t>
+        </is>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="inlineStr">
+        <is>
+          <t>MA5</t>
+        </is>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>Office des Changes (Morocco)</t>
+        </is>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr">
+        <is>
+          <t>MD1</t>
+        </is>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>State Depart. of Statist. of the Rep. of Moldova</t>
+        </is>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="inlineStr">
+        <is>
+          <t>MD2</t>
+        </is>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>National Bank of Moldova</t>
+        </is>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="inlineStr">
+        <is>
+          <t>MD4</t>
+        </is>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Moldova)</t>
+        </is>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="inlineStr">
+        <is>
+          <t>MG1</t>
+        </is>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>INSTAT/Exchanges Commerciaux et des Services (Madagascar)</t>
+        </is>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="inlineStr">
+        <is>
+          <t>MG2</t>
+        </is>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>Banque Centrale de Madagascar</t>
+        </is>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" t="inlineStr">
+        <is>
+          <t>MG4</t>
+        </is>
+      </c>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>Ministere des finances de l`Economie (Madagascar)</t>
+        </is>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" t="inlineStr">
+        <is>
+          <t>MH4</t>
+        </is>
+      </c>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Marshall Islands, Rep)</t>
+        </is>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" t="inlineStr">
+        <is>
+          <t>MK1</t>
+        </is>
+      </c>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>State Statistical Office (Macedonia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" t="inlineStr">
+        <is>
+          <t>MK2</t>
+        </is>
+      </c>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>National Bank of the Republic of Macedonia</t>
+        </is>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" t="inlineStr">
+        <is>
+          <t>MK4</t>
+        </is>
+      </c>
+      <c r="B426" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Macedonia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" t="inlineStr">
+        <is>
+          <t>ML1</t>
+        </is>
+      </c>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>Direction Nationale de la Statistique et de l`Informatique (DNSI) (Mali)</t>
+        </is>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" t="inlineStr">
+        <is>
+          <t>ML2</t>
+        </is>
+      </c>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Mali)</t>
+        </is>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" t="inlineStr">
+        <is>
+          <t>ML4</t>
+        </is>
+      </c>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>Ministere des Finances et du Commerce (Mali)</t>
+        </is>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" t="inlineStr">
+        <is>
+          <t>MM1</t>
+        </is>
+      </c>
+      <c r="B430" t="inlineStr">
+        <is>
+          <t>Central Statistical Organization (Myanmar)</t>
+        </is>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr">
+        <is>
+          <t>MM2</t>
+        </is>
+      </c>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Central Bank of Myanmar</t>
+        </is>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" t="inlineStr">
+        <is>
+          <t>MM4</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Revenue (Myanmar)</t>
+        </is>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" t="inlineStr">
+        <is>
+          <t>MN1</t>
+        </is>
+      </c>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>National Statistical Office (Mongolia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" t="inlineStr">
+        <is>
+          <t>MN2</t>
+        </is>
+      </c>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>Bank of Mongolia</t>
+        </is>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" t="inlineStr">
+        <is>
+          <t>MN4</t>
+        </is>
+      </c>
+      <c r="B435" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economy (Mongolia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" t="inlineStr">
+        <is>
+          <t>MO1</t>
+        </is>
+      </c>
+      <c r="B436" t="inlineStr">
+        <is>
+          <t>Statistics and Census Department (China, P.R. Macao)</t>
+        </is>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" t="inlineStr">
+        <is>
+          <t>MO2</t>
+        </is>
+      </c>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>Monetary Authority of Macau (China, P.R. Macao)</t>
+        </is>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" t="inlineStr">
+        <is>
+          <t>MO4</t>
+        </is>
+      </c>
+      <c r="B438" t="inlineStr">
+        <is>
+          <t>Departamento de Estudos e Planeamento Financeiro (China, P.R. Macao)</t>
+        </is>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" t="inlineStr">
+        <is>
+          <t>MQ1</t>
+        </is>
+      </c>
+      <c r="B439" t="inlineStr">
+        <is>
+          <t>Department of Statistics (Martinique)</t>
+        </is>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" t="inlineStr">
+        <is>
+          <t>MR2</t>
+        </is>
+      </c>
+      <c r="B440" t="inlineStr">
+        <is>
+          <t>Banque Centrale de Mauritanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" t="inlineStr">
+        <is>
+          <t>MR3</t>
+        </is>
+      </c>
+      <c r="B441" t="inlineStr">
+        <is>
+          <t>Ministere du Plan (Mauritania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" t="inlineStr">
+        <is>
+          <t>MR4</t>
+        </is>
+      </c>
+      <c r="B442" t="inlineStr">
+        <is>
+          <t>Ministere des Finances (Mauritania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" t="inlineStr">
+        <is>
+          <t>MT1</t>
+        </is>
+      </c>
+      <c r="B443" t="inlineStr">
+        <is>
+          <t>Malta - Central Office of Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" t="inlineStr">
+        <is>
+          <t>MT2</t>
+        </is>
+      </c>
+      <c r="B444" t="inlineStr">
+        <is>
+          <t>Central Bank of Malta</t>
+        </is>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" t="inlineStr">
+        <is>
+          <t>MT4</t>
+        </is>
+      </c>
+      <c r="B445" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Malta)</t>
+        </is>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" t="inlineStr">
+        <is>
+          <t>MTS</t>
+        </is>
+      </c>
+      <c r="B446" t="inlineStr">
+        <is>
+          <t>Banque de France, MTS France</t>
+        </is>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" t="inlineStr">
+        <is>
+          <t>MU1</t>
+        </is>
+      </c>
+      <c r="B447" t="inlineStr">
+        <is>
+          <t>Central Statistical Office (Mauritius)</t>
+        </is>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="inlineStr">
+        <is>
+          <t>MU2</t>
+        </is>
+      </c>
+      <c r="B448" t="inlineStr">
+        <is>
+          <t>Bank of Mauritius</t>
+        </is>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" t="inlineStr">
+        <is>
+          <t>MV2</t>
+        </is>
+      </c>
+      <c r="B449" t="inlineStr">
+        <is>
+          <t>Maldives Monetary Authority (Maldives)</t>
+        </is>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" t="inlineStr">
+        <is>
+          <t>MV4</t>
+        </is>
+      </c>
+      <c r="B450" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Treasury (Maldives)</t>
+        </is>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" t="inlineStr">
+        <is>
+          <t>MW1</t>
+        </is>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>National Statistical Office (Malawi)</t>
+        </is>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" t="inlineStr">
+        <is>
+          <t>MW2</t>
+        </is>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>Reserve Bank of Malawi</t>
+        </is>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" t="inlineStr">
+        <is>
+          <t>MW4</t>
+        </is>
+      </c>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Malawi)</t>
+        </is>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" t="inlineStr">
+        <is>
+          <t>MX1</t>
+        </is>
+      </c>
+      <c r="B454" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estadisticas (INEGI) (Mexico)</t>
+        </is>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" t="inlineStr">
+        <is>
+          <t>MX2</t>
+        </is>
+      </c>
+      <c r="B455" t="inlineStr">
+        <is>
+          <t>Banco de Mexico</t>
+        </is>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="inlineStr">
+        <is>
+          <t>MX4</t>
+        </is>
+      </c>
+      <c r="B456" t="inlineStr">
+        <is>
+          <t>Secretaria de Hacienda y Credito Publico (Mexico)</t>
+        </is>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr">
+        <is>
+          <t>MY1</t>
+        </is>
+      </c>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>Department of Statistics Malaysia</t>
+        </is>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="inlineStr">
+        <is>
+          <t>MY2</t>
+        </is>
+      </c>
+      <c r="B458" t="inlineStr">
+        <is>
+          <t>Bank Negara Malaysia</t>
+        </is>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" t="inlineStr">
+        <is>
+          <t>MZ1</t>
+        </is>
+      </c>
+      <c r="B459" t="inlineStr">
+        <is>
+          <t>Direcçao Nacional de Estatistica (Mozambique)</t>
+        </is>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" t="inlineStr">
+        <is>
+          <t>MZ2</t>
+        </is>
+      </c>
+      <c r="B460" t="inlineStr">
+        <is>
+          <t>Banco de Moçambique</t>
+        </is>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" t="inlineStr">
+        <is>
+          <t>MZ4</t>
+        </is>
+      </c>
+      <c r="B461" t="inlineStr">
+        <is>
+          <t>Ministry of Planning and Finance (Mozambique)</t>
+        </is>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" t="inlineStr">
+        <is>
+          <t>NA2</t>
+        </is>
+      </c>
+      <c r="B462" t="inlineStr">
+        <is>
+          <t>Bank of Namibia</t>
+        </is>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" t="inlineStr">
+        <is>
+          <t>NA4</t>
+        </is>
+      </c>
+      <c r="B463" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Namibia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" t="inlineStr">
+        <is>
+          <t>NC1</t>
+        </is>
+      </c>
+      <c r="B464" t="inlineStr">
+        <is>
+          <t>Institut Territorial de la Statistique et des Etudes Economiques (New Caledonia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" t="inlineStr">
+        <is>
+          <t>NE2</t>
+        </is>
+      </c>
+      <c r="B465" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Niger)</t>
+        </is>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" t="inlineStr">
+        <is>
+          <t>NE3</t>
+        </is>
+      </c>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>Ministere du Plan (Niger)</t>
+        </is>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" t="inlineStr">
+        <is>
+          <t>NE4</t>
+        </is>
+      </c>
+      <c r="B467" t="inlineStr">
+        <is>
+          <t>Ministere des Finances (Niger)</t>
+        </is>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" t="inlineStr">
+        <is>
+          <t>NG1</t>
+        </is>
+      </c>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>Federal Office of Statistics (Nigeria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="inlineStr">
+        <is>
+          <t>NG2</t>
+        </is>
+      </c>
+      <c r="B469" t="inlineStr">
+        <is>
+          <t>Central Bank of Nigeria</t>
+        </is>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="inlineStr">
+        <is>
+          <t>NG4</t>
+        </is>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>Federal Ministry of Finance (Nigeria)</t>
+        </is>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="inlineStr">
+        <is>
+          <t>NI2</t>
+        </is>
+      </c>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>Banco Central de Nicaragua</t>
+        </is>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" t="inlineStr">
+        <is>
+          <t>NI4</t>
+        </is>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda y Credito Publico (Nicaragua)</t>
+        </is>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" t="inlineStr">
+        <is>
+          <t>NL1</t>
+        </is>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>Central Bureau voor de Statistiek (Netherlands)</t>
+        </is>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" t="inlineStr">
+        <is>
+          <t>NL2</t>
+        </is>
+      </c>
+      <c r="B474" t="inlineStr">
+        <is>
+          <t>Nederlandse Bank (Netherlands)</t>
+        </is>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" t="inlineStr">
+        <is>
+          <t>NL4</t>
+        </is>
+      </c>
+      <c r="B475" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Netherlands)</t>
+        </is>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" t="inlineStr">
+        <is>
+          <t>NO1</t>
+        </is>
+      </c>
+      <c r="B476" t="inlineStr">
+        <is>
+          <t>Statistics Norway</t>
+        </is>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" t="inlineStr">
+        <is>
+          <t>NO2</t>
+        </is>
+      </c>
+      <c r="B477" t="inlineStr">
+        <is>
+          <t>Norges Bank (Norway)</t>
+        </is>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" t="inlineStr">
+        <is>
+          <t>NP2</t>
+        </is>
+      </c>
+      <c r="B478" t="inlineStr">
+        <is>
+          <t>Nepal Rastra Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" t="inlineStr">
+        <is>
+          <t>NP4</t>
+        </is>
+      </c>
+      <c r="B479" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Nepal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" t="inlineStr">
+        <is>
+          <t>NZ1</t>
+        </is>
+      </c>
+      <c r="B480" t="inlineStr">
+        <is>
+          <t>Statistics New Zealand</t>
+        </is>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" t="inlineStr">
+        <is>
+          <t>NZ2</t>
+        </is>
+      </c>
+      <c r="B481" t="inlineStr">
+        <is>
+          <t>Reserve Bank of New Zealand</t>
+        </is>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" t="inlineStr">
+        <is>
+          <t>OM2</t>
+        </is>
+      </c>
+      <c r="B482" t="inlineStr">
+        <is>
+          <t>Central Bank of Oman</t>
+        </is>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" t="inlineStr">
+        <is>
+          <t>OM4</t>
+        </is>
+      </c>
+      <c r="B483" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Oman)</t>
+        </is>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" t="inlineStr">
+        <is>
+          <t>PA2</t>
+        </is>
+      </c>
+      <c r="B484" t="inlineStr">
+        <is>
+          <t>Banco Nacional de Panama</t>
+        </is>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" t="inlineStr">
+        <is>
+          <t>PA3</t>
+        </is>
+      </c>
+      <c r="B485" t="inlineStr">
+        <is>
+          <t>Office of the Controller General (Panama)</t>
+        </is>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" t="inlineStr">
+        <is>
+          <t>PA6</t>
+        </is>
+      </c>
+      <c r="B486" t="inlineStr">
+        <is>
+          <t>Superintendencia de Bancos (Panama)</t>
+        </is>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" t="inlineStr">
+        <is>
+          <t>PE2</t>
+        </is>
+      </c>
+      <c r="B487" t="inlineStr">
+        <is>
+          <t>Banco Central de Reserva del Peru</t>
+        </is>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" t="inlineStr">
+        <is>
+          <t>PE4</t>
+        </is>
+      </c>
+      <c r="B488" t="inlineStr">
+        <is>
+          <t>Ministerio de Economia y Finanzas (Peru)</t>
+        </is>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" t="inlineStr">
+        <is>
+          <t>PG1</t>
+        </is>
+      </c>
+      <c r="B489" t="inlineStr">
+        <is>
+          <t>National Statistical Office (Papua New Guinea)</t>
+        </is>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" t="inlineStr">
+        <is>
+          <t>PG2</t>
+        </is>
+      </c>
+      <c r="B490" t="inlineStr">
+        <is>
+          <t>Bank of Papua New Guinea</t>
+        </is>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" t="inlineStr">
+        <is>
+          <t>PH2</t>
+        </is>
+      </c>
+      <c r="B491" t="inlineStr">
+        <is>
+          <t>Central Bank of the Philippines</t>
+        </is>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" t="inlineStr">
+        <is>
+          <t>PH3</t>
+        </is>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>Bureau of the Treasury (Philippines)</t>
+        </is>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" t="inlineStr">
+        <is>
+          <t>PK1</t>
+        </is>
+      </c>
+      <c r="B493" t="inlineStr">
+        <is>
+          <t>Federal Bureau of Statistics (Pakistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" t="inlineStr">
+        <is>
+          <t>PK2</t>
+        </is>
+      </c>
+      <c r="B494" t="inlineStr">
+        <is>
+          <t>State Bank of Pakistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" t="inlineStr">
+        <is>
+          <t>PK4</t>
+        </is>
+      </c>
+      <c r="B495" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Revenue (Pakistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" t="inlineStr">
+        <is>
+          <t>PL1</t>
+        </is>
+      </c>
+      <c r="B496" t="inlineStr">
+        <is>
+          <t>Central Statistical Office of Poland</t>
+        </is>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" t="inlineStr">
+        <is>
+          <t>PL2</t>
+        </is>
+      </c>
+      <c r="B497" t="inlineStr">
+        <is>
+          <t>Bank of Poland</t>
+        </is>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" t="inlineStr">
+        <is>
+          <t>PL4</t>
+        </is>
+      </c>
+      <c r="B498" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Poland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" t="inlineStr">
+        <is>
+          <t>PS1</t>
+        </is>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>Palestinian Central Bureau of Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" t="inlineStr">
+        <is>
+          <t>PS2</t>
+        </is>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>Palestine Monetary Authority</t>
+        </is>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" t="inlineStr">
+        <is>
+          <t>PT1</t>
+        </is>
+      </c>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>Instituto Nacional de Estatística (Portugal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" t="inlineStr">
+        <is>
+          <t>PT2</t>
+        </is>
+      </c>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>Banco de Portugal (Portugal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" t="inlineStr">
+        <is>
+          <t>PT3</t>
+        </is>
+      </c>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>Direccao Geral do Orçamento (DGO) (Portugal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" t="inlineStr">
+        <is>
+          <t>PY2</t>
+        </is>
+      </c>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>Banco Central del Paraguay</t>
+        </is>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" t="inlineStr">
+        <is>
+          <t>PY4</t>
+        </is>
+      </c>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda (Paraguay)</t>
+        </is>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" t="inlineStr">
+        <is>
+          <t>QA2</t>
+        </is>
+      </c>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>Qatar Central Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" t="inlineStr">
+        <is>
+          <t>QA4</t>
+        </is>
+      </c>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>Ministry of Finance, Economy and Commerce (Qatar)</t>
+        </is>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" t="inlineStr">
+        <is>
+          <t>RO1</t>
+        </is>
+      </c>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>Romania, National Commission for Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" t="inlineStr">
+        <is>
+          <t>RO2</t>
+        </is>
+      </c>
+      <c r="B509" t="inlineStr">
+        <is>
+          <t>National Bank of Romania</t>
+        </is>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" t="inlineStr">
+        <is>
+          <t>RO4</t>
+        </is>
+      </c>
+      <c r="B510" t="inlineStr">
+        <is>
+          <t>Ministere des Finances Public (Romania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" t="inlineStr">
+        <is>
+          <t>RTV</t>
+        </is>
+      </c>
+      <c r="B511" t="inlineStr">
+        <is>
+          <t>­</t>
+        </is>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" t="inlineStr">
+        <is>
+          <t>RU1</t>
+        </is>
+      </c>
+      <c r="B512" t="inlineStr">
+        <is>
+          <t>State Committee of the Russian Federation on Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" t="inlineStr">
+        <is>
+          <t>RU2</t>
+        </is>
+      </c>
+      <c r="B513" t="inlineStr">
+        <is>
+          <t>Central Bank of Russian Federation</t>
+        </is>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" t="inlineStr">
+        <is>
+          <t>RU3</t>
+        </is>
+      </c>
+      <c r="B514" t="inlineStr">
+        <is>
+          <t>State Customs Committee of the Russian Federation</t>
+        </is>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" t="inlineStr">
+        <is>
+          <t>RU4</t>
+        </is>
+      </c>
+      <c r="B515" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Russian Federation)</t>
+        </is>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" t="inlineStr">
+        <is>
+          <t>RW2</t>
+        </is>
+      </c>
+      <c r="B516" t="inlineStr">
+        <is>
+          <t>Banque Nationale Du Rwanda</t>
+        </is>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" t="inlineStr">
+        <is>
+          <t>RW4</t>
+        </is>
+      </c>
+      <c r="B517" t="inlineStr">
+        <is>
+          <t>Ministere des Finances et Planification Economie (Rwanda)</t>
+        </is>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" t="inlineStr">
+        <is>
+          <t>SA1</t>
+        </is>
+      </c>
+      <c r="B518" t="inlineStr">
+        <is>
+          <t>Central Department of Statistics (Saudi Arabia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" t="inlineStr">
+        <is>
+          <t>SA2</t>
+        </is>
+      </c>
+      <c r="B519" t="inlineStr">
+        <is>
+          <t>Saudi Arabian Monetary Agency</t>
+        </is>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" t="inlineStr">
+        <is>
+          <t>SA4</t>
+        </is>
+      </c>
+      <c r="B520" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Saudi Arabia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" t="inlineStr">
+        <is>
+          <t>SB2</t>
+        </is>
+      </c>
+      <c r="B521" t="inlineStr">
+        <is>
+          <t>Central Bank of Solomon Islands</t>
+        </is>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="inlineStr">
+        <is>
+          <t>SB4</t>
+        </is>
+      </c>
+      <c r="B522" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Treasury (Solomon Islands)</t>
+        </is>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" t="inlineStr">
+        <is>
+          <t>SC2</t>
+        </is>
+      </c>
+      <c r="B523" t="inlineStr">
+        <is>
+          <t>Central Bank of Seychelles</t>
+        </is>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" t="inlineStr">
+        <is>
+          <t>SC4</t>
+        </is>
+      </c>
+      <c r="B524" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Seychelles)</t>
+        </is>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" t="inlineStr">
+        <is>
+          <t>SD1</t>
+        </is>
+      </c>
+      <c r="B525" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Sudan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" t="inlineStr">
+        <is>
+          <t>SD2</t>
+        </is>
+      </c>
+      <c r="B526" t="inlineStr">
+        <is>
+          <t>Bank of Sudan</t>
+        </is>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" t="inlineStr">
+        <is>
+          <t>SD4</t>
+        </is>
+      </c>
+      <c r="B527" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and National Economy (Sudan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" t="inlineStr">
+        <is>
+          <t>SE1</t>
+        </is>
+      </c>
+      <c r="B528" t="inlineStr">
+        <is>
+          <t>Statistics Sweden (Sweden)</t>
+        </is>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" t="inlineStr">
+        <is>
+          <t>SE2</t>
+        </is>
+      </c>
+      <c r="B529" t="inlineStr">
+        <is>
+          <t>Sveriges Riksbank (Sweden)</t>
+        </is>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" t="inlineStr">
+        <is>
+          <t>SE3</t>
+        </is>
+      </c>
+      <c r="B530" t="inlineStr">
+        <is>
+          <t>Sika Swedish Institute for Transport and Communications Analysis</t>
+        </is>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" t="inlineStr">
+        <is>
+          <t>SE4</t>
+        </is>
+      </c>
+      <c r="B531" t="inlineStr">
+        <is>
+          <t>Banverket (National Rail Administration) Sweden</t>
+        </is>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="inlineStr">
+        <is>
+          <t>SG1</t>
+        </is>
+      </c>
+      <c r="B532" t="inlineStr">
+        <is>
+          <t>Ministry of Trade and Industry / Department of Statistics (Singapore)</t>
+        </is>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="inlineStr">
+        <is>
+          <t>SG2</t>
+        </is>
+      </c>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>Monetary Authority of Singapore</t>
+        </is>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" t="inlineStr">
+        <is>
+          <t>SG3</t>
+        </is>
+      </c>
+      <c r="B534" t="inlineStr">
+        <is>
+          <t>International Enterprise Singapore</t>
+        </is>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" t="inlineStr">
+        <is>
+          <t>SG4</t>
+        </is>
+      </c>
+      <c r="B535" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Singapore)</t>
+        </is>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" t="inlineStr">
+        <is>
+          <t>SI1</t>
+        </is>
+      </c>
+      <c r="B536" t="inlineStr">
+        <is>
+          <t>Statistical Office of the Republic of Slovenia</t>
+        </is>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" t="inlineStr">
+        <is>
+          <t>SI2</t>
+        </is>
+      </c>
+      <c r="B537" t="inlineStr">
+        <is>
+          <t>Bank of Slovenia</t>
+        </is>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" t="inlineStr">
+        <is>
+          <t>SI4</t>
+        </is>
+      </c>
+      <c r="B538" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Slovenia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" t="inlineStr">
+        <is>
+          <t>SK1</t>
+        </is>
+      </c>
+      <c r="B539" t="inlineStr">
+        <is>
+          <t>Statistical Office of the Slovak Republic</t>
+        </is>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" t="inlineStr">
+        <is>
+          <t>SK2</t>
+        </is>
+      </c>
+      <c r="B540" t="inlineStr">
+        <is>
+          <t>National Bank of Slovakia</t>
+        </is>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" t="inlineStr">
+        <is>
+          <t>SK4</t>
+        </is>
+      </c>
+      <c r="B541" t="inlineStr">
+        <is>
+          <t>Ministry of Finance of the Slovak Republic</t>
+        </is>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" t="inlineStr">
+        <is>
+          <t>SL2</t>
+        </is>
+      </c>
+      <c r="B542" t="inlineStr">
+        <is>
+          <t>Bank of Sierra Leone</t>
+        </is>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="inlineStr">
+        <is>
+          <t>SM2</t>
+        </is>
+      </c>
+      <c r="B543" t="inlineStr">
+        <is>
+          <t>Instituto di Credito Sammarinese / Central Bank (San Marino)</t>
+        </is>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="inlineStr">
+        <is>
+          <t>SM4</t>
+        </is>
+      </c>
+      <c r="B544" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Budget (San Marino)</t>
+        </is>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="inlineStr">
+        <is>
+          <t>SN1</t>
+        </is>
+      </c>
+      <c r="B545" t="inlineStr">
+        <is>
+          <t>Direction de la Prevision et de la Statistique (Senegal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="inlineStr">
+        <is>
+          <t>SN2</t>
+        </is>
+      </c>
+      <c r="B546" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Senegal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="inlineStr">
+        <is>
+          <t>SN4</t>
+        </is>
+      </c>
+      <c r="B547" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie et des Finances (Senegal)</t>
+        </is>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="inlineStr">
+        <is>
+          <t>SO2</t>
+        </is>
+      </c>
+      <c r="B548" t="inlineStr">
+        <is>
+          <t>Central Bank of Somalia</t>
+        </is>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="inlineStr">
+        <is>
+          <t>SR1</t>
+        </is>
+      </c>
+      <c r="B549" t="inlineStr">
+        <is>
+          <t>General Bureau of Statistics (Suriname)</t>
+        </is>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="inlineStr">
+        <is>
+          <t>SR2</t>
+        </is>
+      </c>
+      <c r="B550" t="inlineStr">
+        <is>
+          <t>Centrale Bank van Suriname</t>
+        </is>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="inlineStr">
+        <is>
+          <t>SR4</t>
+        </is>
+      </c>
+      <c r="B551" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Suriname)</t>
+        </is>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="inlineStr">
+        <is>
+          <t>ST2</t>
+        </is>
+      </c>
+      <c r="B552" t="inlineStr">
+        <is>
+          <t>Banco Central de Sao Tome e Principe</t>
+        </is>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="inlineStr">
+        <is>
+          <t>ST4</t>
+        </is>
+      </c>
+      <c r="B553" t="inlineStr">
+        <is>
+          <t>Ministry of Planning and Financing (Sao Tome and Principe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="inlineStr">
+        <is>
+          <t>SV2</t>
+        </is>
+      </c>
+      <c r="B554" t="inlineStr">
+        <is>
+          <t>Banco Central de Reserva de El Salvador</t>
+        </is>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="inlineStr">
+        <is>
+          <t>SV4</t>
+        </is>
+      </c>
+      <c r="B555" t="inlineStr">
+        <is>
+          <t>Ministerio de Hacienda (El Salvador)</t>
+        </is>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="inlineStr">
+        <is>
+          <t>SY1</t>
+        </is>
+      </c>
+      <c r="B556" t="inlineStr">
+        <is>
+          <t>Central Bureau of Statistics (Syria Arab Rep.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="inlineStr">
+        <is>
+          <t>SY2</t>
+        </is>
+      </c>
+      <c r="B557" t="inlineStr">
+        <is>
+          <t>Central Bank of Syria</t>
+        </is>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="inlineStr">
+        <is>
+          <t>SY4</t>
+        </is>
+      </c>
+      <c r="B558" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Syrian Arab Rep.)</t>
+        </is>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" t="inlineStr">
+        <is>
+          <t>SZ2</t>
+        </is>
+      </c>
+      <c r="B559" t="inlineStr">
+        <is>
+          <t>Central Bank of Swaziland</t>
+        </is>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" t="inlineStr">
+        <is>
+          <t>SZ4</t>
+        </is>
+      </c>
+      <c r="B560" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Swaziland)</t>
+        </is>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" t="inlineStr">
+        <is>
+          <t>TD1</t>
+        </is>
+      </c>
+      <c r="B561" t="inlineStr">
+        <is>
+          <t>Institut de la Statistique (INSDEE) (Chad)</t>
+        </is>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" t="inlineStr">
+        <is>
+          <t>TD2</t>
+        </is>
+      </c>
+      <c r="B562" t="inlineStr">
+        <is>
+          <t>Banque des Etats de l`Afrique Centrale (BEAC) (Chad)</t>
+        </is>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" t="inlineStr">
+        <is>
+          <t>TD4</t>
+        </is>
+      </c>
+      <c r="B563" t="inlineStr">
+        <is>
+          <t>Ministere des finances (Chad)</t>
+        </is>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" t="inlineStr">
+        <is>
+          <t>TG2</t>
+        </is>
+      </c>
+      <c r="B564" t="inlineStr">
+        <is>
+          <t>Banque Centrale des Etats de l`Afrique de l`Ouest (BCEAO) (Togo)</t>
+        </is>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" t="inlineStr">
+        <is>
+          <t>TG3</t>
+        </is>
+      </c>
+      <c r="B565" t="inlineStr">
+        <is>
+          <t>Ministere du Plan (Togo)</t>
+        </is>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>TG4</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Ministere de l`Economie des Finances (Togo)</t>
+        </is>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>TH2</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Bank of Thailand</t>
+        </is>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>TH4</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Thailand)</t>
+        </is>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" t="inlineStr">
+        <is>
+          <t>TJ1</t>
+        </is>
+      </c>
+      <c r="B569" t="inlineStr">
+        <is>
+          <t>State Statistical Agency of Tajikistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" t="inlineStr">
+        <is>
+          <t>TJ2</t>
+        </is>
+      </c>
+      <c r="B570" t="inlineStr">
+        <is>
+          <t>National Bank of Tajikistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" t="inlineStr">
+        <is>
+          <t>TJ4</t>
+        </is>
+      </c>
+      <c r="B571" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Tajikistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" t="inlineStr">
+        <is>
+          <t>TM1</t>
+        </is>
+      </c>
+      <c r="B572" t="inlineStr">
+        <is>
+          <t>National Institute of State Statistics and Information (Turkmenistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" t="inlineStr">
+        <is>
+          <t>TM2</t>
+        </is>
+      </c>
+      <c r="B573" t="inlineStr">
+        <is>
+          <t>Central Bank of Turkmenistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="inlineStr">
+        <is>
+          <t>TM4</t>
+        </is>
+      </c>
+      <c r="B574" t="inlineStr">
+        <is>
+          <t>Ministry of Economy and Finance (Turkmenistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="inlineStr">
+        <is>
+          <t>TN2</t>
+        </is>
+      </c>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>Banque centrale de Tunisie</t>
+        </is>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="inlineStr">
+        <is>
+          <t>TN4</t>
+        </is>
+      </c>
+      <c r="B576" t="inlineStr">
+        <is>
+          <t>Ministere des Finances (Tunisia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="inlineStr">
+        <is>
+          <t>TO1</t>
+        </is>
+      </c>
+      <c r="B577" t="inlineStr">
+        <is>
+          <t>Statistics Department (Tongo)</t>
+        </is>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="inlineStr">
+        <is>
+          <t>TO2</t>
+        </is>
+      </c>
+      <c r="B578" t="inlineStr">
+        <is>
+          <t>National Reserve Bank of Tonga</t>
+        </is>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" t="inlineStr">
+        <is>
+          <t>TO4</t>
+        </is>
+      </c>
+      <c r="B579" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Tongo)</t>
+        </is>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" t="inlineStr">
+        <is>
+          <t>TR1</t>
+        </is>
+      </c>
+      <c r="B580" t="inlineStr">
+        <is>
+          <t>State Institute of Statistics (Turkey)</t>
+        </is>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" t="inlineStr">
+        <is>
+          <t>TR2</t>
+        </is>
+      </c>
+      <c r="B581" t="inlineStr">
+        <is>
+          <t>Central Bank of the Republic of Turkey</t>
+        </is>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="inlineStr">
+        <is>
+          <t>TR3</t>
+        </is>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="inlineStr">
+        <is>
+          <t>TT2</t>
+        </is>
+      </c>
+      <c r="B583" t="inlineStr">
+        <is>
+          <t>Central Bank of Trinidad and Tobago</t>
+        </is>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="inlineStr">
+        <is>
+          <t>TT4</t>
+        </is>
+      </c>
+      <c r="B584" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Trinidad and Tobago)</t>
+        </is>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="inlineStr">
+        <is>
+          <t>TW2</t>
+        </is>
+      </c>
+      <c r="B585" t="inlineStr">
+        <is>
+          <t>Central Bank of China, Taipei</t>
+        </is>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="inlineStr">
+        <is>
+          <t>TZ1</t>
+        </is>
+      </c>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>Central Statistical Bureau (Tanzania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="inlineStr">
+        <is>
+          <t>TZ2</t>
+        </is>
+      </c>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Bank of Tanzania</t>
+        </is>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="inlineStr">
+        <is>
+          <t>TZ4</t>
+        </is>
+      </c>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Tanzania)</t>
+        </is>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="inlineStr">
+        <is>
+          <t>U22</t>
+        </is>
+      </c>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>Central banks belonging to the Euro area</t>
+        </is>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="inlineStr">
+        <is>
+          <t>U32</t>
+        </is>
+      </c>
+      <c r="B590" t="inlineStr">
+        <is>
+          <t>EU central banks not belonging to the Euro area</t>
+        </is>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="inlineStr">
+        <is>
+          <t>UA1</t>
+        </is>
+      </c>
+      <c r="B591" t="inlineStr">
+        <is>
+          <t>State Statistics Committee of Ukraine</t>
+        </is>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="inlineStr">
+        <is>
+          <t>UA2</t>
+        </is>
+      </c>
+      <c r="B592" t="inlineStr">
+        <is>
+          <t>National Bank of Ukraine</t>
+        </is>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="inlineStr">
+        <is>
+          <t>UA4</t>
+        </is>
+      </c>
+      <c r="B593" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Ukraine)</t>
+        </is>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="inlineStr">
+        <is>
+          <t>UG1</t>
+        </is>
+      </c>
+      <c r="B594" t="inlineStr">
+        <is>
+          <t>Uganda Bureau of Statistics</t>
+        </is>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr">
+        <is>
+          <t>UG2</t>
+        </is>
+      </c>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>Bank of Uganda</t>
+        </is>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr">
+        <is>
+          <t>UG4</t>
+        </is>
+      </c>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>Ministry of Finance, Planning and Economic Development (Uganda)</t>
+        </is>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr">
+        <is>
+          <t>US2</t>
+        </is>
+      </c>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>Federal Reserve Bank of New York (USA)</t>
+        </is>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr">
+        <is>
+          <t>US3</t>
+        </is>
+      </c>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>Board of Governors of the Federal Reserve System (USA)</t>
+        </is>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr">
+        <is>
+          <t>US4</t>
+        </is>
+      </c>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>U.S. Department of Treasury (USA)</t>
+        </is>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr">
+        <is>
+          <t>US5</t>
+        </is>
+      </c>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>U.S. Department of Commerce (USA)</t>
+        </is>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr">
+        <is>
+          <t>UY2</t>
+        </is>
+      </c>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>Banco Central del Uruguay</t>
+        </is>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr">
+        <is>
+          <t>UY4</t>
+        </is>
+      </c>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>Ministerio de Economia y Finanzas (Uruguay)</t>
+        </is>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr">
+        <is>
+          <t>UZ1</t>
+        </is>
+      </c>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>Goskomprognozstat (Uzbekistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr">
+        <is>
+          <t>UZ3</t>
+        </is>
+      </c>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Ministry of Economy (Uzbekistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr">
+        <is>
+          <t>UZ4</t>
+        </is>
+      </c>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Uzbekistan)</t>
+        </is>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="inlineStr">
+        <is>
+          <t>V12</t>
+        </is>
+      </c>
+      <c r="B606" t="inlineStr">
+        <is>
+          <t>EU 27 central banks</t>
+        </is>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" t="inlineStr">
+        <is>
+          <t>VC2</t>
+        </is>
+      </c>
+      <c r="B607" t="inlineStr">
+        <is>
+          <t>Eastern Caribbean Central Bank (ECCB) (St. Vincent and Grenadines)</t>
+        </is>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" t="inlineStr">
+        <is>
+          <t>VC4</t>
+        </is>
+      </c>
+      <c r="B608" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Planning (St. Vincent and the Grenadines)</t>
+        </is>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" t="inlineStr">
+        <is>
+          <t>VE2</t>
+        </is>
+      </c>
+      <c r="B609" t="inlineStr">
+        <is>
+          <t>Banco Central de Venezuela</t>
+        </is>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" t="inlineStr">
+        <is>
+          <t>VE4</t>
+        </is>
+      </c>
+      <c r="B610" t="inlineStr">
+        <is>
+          <t>Ministerio de Finanzas (Venezuela)</t>
+        </is>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" t="inlineStr">
+        <is>
+          <t>VN1</t>
+        </is>
+      </c>
+      <c r="B611" t="inlineStr">
+        <is>
+          <t>General Statistics Office (Vietnam)</t>
+        </is>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" t="inlineStr">
+        <is>
+          <t>VN2</t>
+        </is>
+      </c>
+      <c r="B612" t="inlineStr">
+        <is>
+          <t>State Bank of Vietnam</t>
+        </is>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" t="inlineStr">
+        <is>
+          <t>VU1</t>
+        </is>
+      </c>
+      <c r="B613" t="inlineStr">
+        <is>
+          <t>Statistical Office (Vanuatu)</t>
+        </is>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" t="inlineStr">
+        <is>
+          <t>VU2</t>
+        </is>
+      </c>
+      <c r="B614" t="inlineStr">
+        <is>
+          <t>Reserve Bank of Vanuatu</t>
+        </is>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" t="inlineStr">
+        <is>
+          <t>VU4</t>
+        </is>
+      </c>
+      <c r="B615" t="inlineStr">
+        <is>
+          <t>Ministry of Finance and Economic Management (Vanuatu)</t>
+        </is>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" t="inlineStr">
+        <is>
+          <t>WS1</t>
+        </is>
+      </c>
+      <c r="B616" t="inlineStr">
+        <is>
+          <t>Department of Statistics (Samoa)</t>
+        </is>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" t="inlineStr">
+        <is>
+          <t>WS2</t>
+        </is>
+      </c>
+      <c r="B617" t="inlineStr">
+        <is>
+          <t>Central Bank of Samoa</t>
+        </is>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" t="inlineStr">
+        <is>
+          <t>WS4</t>
+        </is>
+      </c>
+      <c r="B618" t="inlineStr">
+        <is>
+          <t>Samoa Treasury Department</t>
+        </is>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" t="inlineStr">
+        <is>
+          <t>XK1</t>
+        </is>
+      </c>
+      <c r="B619" t="inlineStr">
+        <is>
+          <t>Kosovo National statistical Office</t>
+        </is>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" t="inlineStr">
+        <is>
+          <t>XK2</t>
+        </is>
+      </c>
+      <c r="B620" t="inlineStr">
+        <is>
+          <t>Kosovo National Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" t="inlineStr">
+        <is>
+          <t>YE1</t>
+        </is>
+      </c>
+      <c r="B621" t="inlineStr">
+        <is>
+          <t>Central Statistical Organization (Yemen)</t>
+        </is>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" t="inlineStr">
+        <is>
+          <t>YE2</t>
+        </is>
+      </c>
+      <c r="B622" t="inlineStr">
+        <is>
+          <t>Central Bank of Yemen</t>
+        </is>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" t="inlineStr">
+        <is>
+          <t>YE4</t>
+        </is>
+      </c>
+      <c r="B623" t="inlineStr">
+        <is>
+          <t>Ministry of Finance (Yemen)</t>
+        </is>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" t="inlineStr">
+        <is>
+          <t>ZA1</t>
+        </is>
+      </c>
+      <c r="B624" t="inlineStr">
+        <is>
+          <t>South African Reserve Service</t>
+        </is>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" t="inlineStr">
+        <is>
+          <t>ZA2</t>
+        </is>
+      </c>
+      <c r="B625" t="inlineStr">
+        <is>
+          <t>South African Reserve Bank</t>
+        </is>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>ZM1</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Central Statistical Office (Zambia)</t>
+        </is>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>ZM2</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>Bank of Zambia</t>
+        </is>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>ZW1</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
+        <is>
+          <t>Central Statistical Office (Zimbabwe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" t="inlineStr">
+        <is>
+          <t>ZW2</t>
+        </is>
+      </c>
+      <c r="B629" t="inlineStr">
+        <is>
+          <t>Reserve Bank of Zimbabwe</t>
+        </is>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" t="inlineStr">
+        <is>
+          <t>ZW4</t>
+        </is>
+      </c>
+      <c r="B630" t="inlineStr">
+        <is>
+          <t>Ministry of Finance, Economic Planning and Development (Zimbabwe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" t="inlineStr">
+        <is>
+          <t>ZZZ</t>
+        </is>
+      </c>
+      <c r="B631" t="inlineStr">
+        <is>
+          <t>Unspecified (e.g. any, dissemination, internal exchange etc)</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:B17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="inlineStr">
+        <is>
+          <t>OBS_STATUS</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Qualité d`observation</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Code</t>
+          </r>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+            </rPr>
+            <t>Libellé</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Valeur normale</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Valeur de rupture</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Valeur estimée</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>F</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Valeur prévisionelle</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Valeur manquante - Vacances ou week-end</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Valeur manquante - Donnée non collectée</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Valeur manquante - Donnée inexistante</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Valeur non significative</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>P</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Valeur provisoire</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Q</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Valeur manquante - Donnée masquée</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>R</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Valeur révisée</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Grève</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>U</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Non fiable</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Z</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Zéro absolu</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
-          <t>DECIMALS</t>
+          <t>OBS_CONF</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
-          <t>Nombre de décimales</t>
+          <t>Confidentialité d`observation</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>C</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Quinze</t>
+          <t>Confidentiel</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>D</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Trois</t>
+          <t>Confidentiel, Spécifié par l`envoyeur</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>F</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Quatre</t>
+          <t>Libre</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>N</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Huit</t>
+          <t>Non publiable, usage interne</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>S</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
-        <is>
-[...2754 lines deleted...]
-      <c r="B7" t="inlineStr">
         <is>
           <t>Confidentiel, Non publiable, Spécifié par le receveur</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A3:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="3">
@@ -4871,116 +13397,200 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>OBS_CONF</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Confidentialité d`observation</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B4"/>
+  <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>FREQ</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Périodicité</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Annuel</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Quotidien - Jours ouvrables</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>D</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Quotidien</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Semestriel</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
           <t>M</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Mensuel</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Minute</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Q</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Trimestriel</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Hebdomadaire</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B217"/>
+  <dimension ref="A1:B649"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>REF_AREA</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Zone géographique de référence</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -4988,4496 +13598,14490 @@
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>1A</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>1E</t>
+          <t>1B</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>1K</t>
+          <t>1C</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>1N</t>
+          <t>1D</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>1S</t>
+          <t>1E</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>1Z</t>
+          <t>1F</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>4E</t>
+          <t>1G</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>4N</t>
+          <t>1H</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>4O</t>
+          <t>1J</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>4P</t>
+          <t>1K</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>4Q</t>
+          <t>1L</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>4R</t>
+          <t>1M</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>4X</t>
+          <t>1N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>5B</t>
+          <t>1O</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>5M</t>
+          <t>1P</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>5N</t>
+          <t>1Q</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>5O</t>
+          <t>1R</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>5R</t>
+          <t>1S</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>5T</t>
+          <t>1T</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>5U</t>
+          <t>1Z</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>5V</t>
+          <t>4A</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>5W</t>
+          <t>4B</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>6B</t>
+          <t>4C</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>6C</t>
+          <t>4D</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>6G</t>
+          <t>4E</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>6H</t>
+          <t>4F</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>6I</t>
+          <t>4G</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>6K</t>
+          <t>4H</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>6L</t>
+          <t>4I</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>6M</t>
+          <t>4J</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>6N</t>
+          <t>4K</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>6R</t>
+          <t>4L</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>6S</t>
+          <t>4M</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>6U</t>
+          <t>4N</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>6Z</t>
+          <t>4O</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>7Z</t>
+          <t>4P</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>4Q</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>A8</t>
+          <t>4R</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>AF</t>
-[...4 lines deleted...]
-          <t>Afghanistan</t>
+          <t>4V</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>AG</t>
-[...4 lines deleted...]
-          <t>Antigua et Barbuda</t>
+          <t>4X</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>AM</t>
-[...4 lines deleted...]
-          <t>Arménie</t>
+          <t>4Z</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>AO</t>
-[...4 lines deleted...]
-          <t>Angola</t>
+          <t>5A</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>AQ</t>
-[...4 lines deleted...]
-          <t>Antarctique</t>
+          <t>5B</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>AT</t>
-[...4 lines deleted...]
-          <t>Autriche</t>
+          <t>5C</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>B1</t>
+          <t>5D</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>5E</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>5F</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>5G</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>BB</t>
-[...4 lines deleted...]
-          <t>Barbade</t>
+          <t>5H</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>BD</t>
-[...4 lines deleted...]
-          <t>Bangladesh</t>
+          <t>5I</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>BE</t>
-[...4 lines deleted...]
-          <t>Belgique</t>
+          <t>5J</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>BL</t>
-[...4 lines deleted...]
-          <t>Saint-Barthélemy</t>
+          <t>5K</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>BN</t>
-[...4 lines deleted...]
-          <t>Brunéi Darussalam</t>
+          <t>5L</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>BO</t>
-[...4 lines deleted...]
-          <t>Bolivie, L`État Plurinational de</t>
+          <t>5M</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>BQ</t>
+          <t>5N</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>BT</t>
-[...4 lines deleted...]
-          <t>Bhoutan</t>
+          <t>5O</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>BV</t>
-[...4 lines deleted...]
-          <t>Bouvet, Île</t>
+          <t>5P</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>BZ</t>
-[...4 lines deleted...]
-          <t>Belize</t>
+          <t>5Q</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>C8</t>
+          <t>5R</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>CA</t>
-[...4 lines deleted...]
-          <t>Canada</t>
+          <t>5S</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>CN</t>
-[...4 lines deleted...]
-          <t>Chine</t>
+          <t>5T</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>CS</t>
+          <t>5U</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>CX</t>
-[...4 lines deleted...]
-          <t>Christmas, Île</t>
+          <t>5V</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>CZ</t>
-[...4 lines deleted...]
-          <t>Tchèque, République</t>
+          <t>5W</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>D14</t>
-[...4 lines deleted...]
-          <t>Calvados</t>
+          <t>5X</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>D16</t>
-[...4 lines deleted...]
-          <t>Charente</t>
+          <t>5Y</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>D18</t>
-[...4 lines deleted...]
-          <t>Cher</t>
+          <t>5Z</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>D21</t>
-[...4 lines deleted...]
-          <t>Côte-d'Or</t>
+          <t>6A</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>D27</t>
-[...4 lines deleted...]
-          <t>Eure</t>
+          <t>6B</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>D29</t>
-[...4 lines deleted...]
-          <t>Finistère</t>
+          <t>6C</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>D2A</t>
-[...4 lines deleted...]
-          <t>Corse-du-Sud</t>
+          <t>6D</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>D32</t>
-[...4 lines deleted...]
-          <t>Gers</t>
+          <t>6E</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>D4</t>
-[...4 lines deleted...]
-          <t>Extra zone euro à 15 (composition fixe)</t>
+          <t>6F</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>D41</t>
-[...4 lines deleted...]
-          <t>Loir-et-Cher</t>
+          <t>6G</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>D42</t>
-[...4 lines deleted...]
-          <t>Loire</t>
+          <t>6H</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>D45</t>
-[...4 lines deleted...]
-          <t>Loiret</t>
+          <t>6I</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>D48</t>
-[...4 lines deleted...]
-          <t>Lozere</t>
+          <t>6J</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>D52</t>
-[...4 lines deleted...]
-          <t>Haute-Marne</t>
+          <t>6K</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>D54</t>
-[...4 lines deleted...]
-          <t>Meurthe-et-Moselle</t>
+          <t>6L</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>D56</t>
-[...4 lines deleted...]
-          <t>Morbihan</t>
+          <t>6M</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>D60</t>
-[...4 lines deleted...]
-          <t>Oise</t>
+          <t>6N</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>D62</t>
-[...4 lines deleted...]
-          <t>Pas-de-Calais</t>
+          <t>6O</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>D64</t>
-[...4 lines deleted...]
-          <t>Pyrénées-Atlantiques</t>
+          <t>6P</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>D65</t>
-[...4 lines deleted...]
-          <t>Hautes-Pyrénées</t>
+          <t>6Q</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>D66</t>
-[...4 lines deleted...]
-          <t>Pyrénées-Orientales</t>
+          <t>6R</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>6S</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>D71</t>
-[...4 lines deleted...]
-          <t>Saône-et-Loire</t>
+          <t>6T</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>D73</t>
-[...4 lines deleted...]
-          <t>Savoie</t>
+          <t>6U</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>D75</t>
-[...4 lines deleted...]
-          <t>Paris</t>
+          <t>6Z</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>D76</t>
-[...4 lines deleted...]
-          <t>Seine-Maritime</t>
+          <t>7Z</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>D77</t>
-[...4 lines deleted...]
-          <t>Seine-et-Marne</t>
+          <t>8A</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>D79</t>
-[...4 lines deleted...]
-          <t>Deux-Sèvres</t>
+          <t>A0</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>D81</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Tarn</t>
+          <t>Monde</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>D85</t>
-[...4 lines deleted...]
-          <t>Vendée</t>
+          <t>A2</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>A3</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>D92</t>
-[...4 lines deleted...]
-          <t>Hauts-de-Seine</t>
+          <t>A4</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>D95</t>
-[...4 lines deleted...]
-          <t>Val-d`Oise</t>
+          <t>A5</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>D971</t>
-[...4 lines deleted...]
-          <t>Guadeloupe</t>
+          <t>A6</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>DO</t>
-[...4 lines deleted...]
-          <t>Dominicaine, République</t>
+          <t>A7</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>A8</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>A9</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>AD</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Andorre</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>EH</t>
+          <t>AE</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Sahara Occidental</t>
+          <t>Émirats Arabes Unis</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>ER</t>
+          <t>AF</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Érythrée</t>
+          <t>Afghanistan</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>AG</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Espagne</t>
+          <t>Antigua et Barbuda</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>ET</t>
+          <t>AI</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Éthiopie</t>
+          <t>Anguilla</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>AL</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Albanie</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>F4</t>
+          <t>AM</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Arménie</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>F5</t>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Antilles Néerlandaises</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>AO</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Angola</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>F9</t>
+          <t>AQ</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Antarctique</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>FJ</t>
+          <t>AR</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Fidji</t>
+          <t>Argentine</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>FO</t>
+          <t>AS</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Féroé, Îles</t>
+          <t>Samoa Américaines</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>G1</t>
+          <t>AT</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Autriche</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>GG</t>
+          <t>AU</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Guernesey</t>
+          <t>Australie</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>GT</t>
+          <t>AW</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Guatemala</t>
+          <t>Aruba</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>GW</t>
+          <t>AX</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Guinée-Bissau</t>
+          <t>Åland, Îles</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>H0</t>
+          <t>AZ</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Azerbaïdjan</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>HR</t>
-[...4 lines deleted...]
-          <t>Croatie</t>
+          <t>B1</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>HT</t>
-[...4 lines deleted...]
-          <t>Haïti</t>
+          <t>B2</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>I9</t>
-[...4 lines deleted...]
-          <t>Zone euro 20 (composition fixe) au 1er janvier 2023</t>
+          <t>B3</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>ID</t>
-[...4 lines deleted...]
-          <t>Indonésie</t>
+          <t>B4</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>IL</t>
-[...4 lines deleted...]
-          <t>Israël</t>
+          <t>B5</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>B52</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Italie</t>
+          <t>Banques Centrales Nationales/Banque Centrale Européenne</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>J3</t>
-[...4 lines deleted...]
-          <t>Hors Zone Euro 13 (Composition fixe)</t>
+          <t>B6</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>J4</t>
-[...4 lines deleted...]
-          <t>Hors Zone Euro 15 (Composition fixe)</t>
+          <t>B7</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>JM</t>
-[...4 lines deleted...]
-          <t>Jamaïque</t>
+          <t>B8</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>JP</t>
-[...4 lines deleted...]
-          <t>Japon</t>
+          <t>B9</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>K2</t>
+          <t>BA</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Bosnie-Herzégovine</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>KI</t>
+          <t>BB</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Kiribati</t>
+          <t>Barbade</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>KZ</t>
+          <t>BD</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Kazakhstan</t>
+          <t>Bangladesh</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>L0</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Autres états membres de la zone Euro (tous pays excepté zone de référence)</t>
+          <t>Belgique</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>L1</t>
+          <t>BF</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 11 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Burkina Faso</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>L2</t>
+          <t>BG</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 12 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Bulgarie</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>LB</t>
+          <t>BH</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Liban</t>
+          <t>Bahreïn</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>LS</t>
+          <t>BI</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Burundi</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>LT</t>
+          <t>BJ</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Lituanie</t>
+          <t>Bénin</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>LY</t>
+          <t>BL</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Libyenne, Jamahiriya Arabe</t>
+          <t>Saint-Barthélemy</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>M2</t>
+          <t>BM</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 12 (Composition fixe) et zone de référence</t>
+          <t>Bermudes</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>M4</t>
+          <t>BN</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 15 (Composition fixe) et zone de référence</t>
+          <t>Brunéi Darussalam</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>M5</t>
+          <t>BO</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 16 (Composition fixe) et zone de référence</t>
+          <t>Bolivie, L`État Plurinational de</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>MA</t>
-[...4 lines deleted...]
-          <t>Maroc</t>
+          <t>BQ</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>MD</t>
+          <t>BR</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Moldova, Républic de</t>
+          <t>Brésil</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>ML</t>
+          <t>BS</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Bahamas</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>MM</t>
+          <t>BT</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Bhoutan</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>MN</t>
+          <t>BV</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Mongolie</t>
+          <t>Bouvet, Île</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>MO</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Macao</t>
+          <t>Botswana</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>MP</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Mariannes du Nord, Îles</t>
+          <t>Bélarus</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>MR</t>
+          <t>BZ</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Mauritanie</t>
+          <t>Belize</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>MS</t>
-[...4 lines deleted...]
-          <t>Montserrat</t>
+          <t>C1</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>MU</t>
-[...4 lines deleted...]
-          <t>Maurice</t>
+          <t>C2</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>MW</t>
-[...4 lines deleted...]
-          <t>Malawi</t>
+          <t>C3</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>N1</t>
+          <t>C4</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>N2</t>
+          <t>C5</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>N3</t>
+          <t>C6</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>NA</t>
-[...4 lines deleted...]
-          <t>Namibie</t>
+          <t>C7</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>NF</t>
-[...4 lines deleted...]
-          <t>Norfolk, Île</t>
+          <t>C8</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>NI</t>
-[...4 lines deleted...]
-          <t>Nicaragua</t>
+          <t>C9</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>CA</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Pays-Bas</t>
+          <t>Canada</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>CC</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Népal</t>
+          <t>Cocos (Keeling), Îles</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>NU</t>
+          <t>CD</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Niué</t>
+          <t>Congo, La République Démocratique du</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>O2</t>
+          <t>CF</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Centrafricaine, République</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>P2</t>
+          <t>CG</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Congo</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>P3</t>
+          <t>CH</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Suisse</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>PK</t>
+          <t>CI</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Côte d`Ivoire</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>PS</t>
+          <t>CK</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Palestinien Occupé, Territoire</t>
+          <t>Cook, Îles</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>R01</t>
+          <t>CL</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Guadeloupe - Région</t>
+          <t>Chili</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>R03</t>
+          <t>CM</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Guyane - Région</t>
+          <t>Cameroun</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>R2</t>
+          <t>CN</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>Chine</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>R26</t>
+          <t>CO</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Bourgogne</t>
+          <t>Colombie</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>R43</t>
+          <t>CR</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Franche-Comte</t>
+          <t>Costa Rica</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>R52</t>
-[...4 lines deleted...]
-          <t>Pays de la Loire</t>
+          <t>CS</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>R7</t>
+          <t>CU</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Cuba</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>R73</t>
+          <t>CV</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Midi-Pyrénées</t>
+          <t>Cap-Vert</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>R75</t>
-[...4 lines deleted...]
-          <t>Nouvelle-Aquitaine</t>
+          <t>CW</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>R84</t>
+          <t>CX</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Auvergne-Rhône-Alpes</t>
+          <t>Christmas, Île</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>R91</t>
+          <t>CY</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Languedoc-Roussillon</t>
+          <t>Chypre</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>R97</t>
+          <t>CZ</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>DOM et Mayotte</t>
+          <t>Tchèque, République</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>RO</t>
+          <t>D0</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Roumanie</t>
+          <t>Union européenne (Composition changeante)</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>S1</t>
+          <t>D01</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Ain</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>S3</t>
+          <t>D02</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Aisne</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>S5</t>
+          <t>D03</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Allier</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>S6</t>
+          <t>D04</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>SG</t>
+          <t>D05</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Singapour</t>
+          <t>Hautes-Alpes</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>SJ</t>
+          <t>D06</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Svalbard et Île Jan Mayen</t>
+          <t>Alpes-Maritimes</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>SK</t>
+          <t>D07</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Slovaquie</t>
+          <t>Ardèche</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>SL</t>
+          <t>D08</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>Ardennes</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>SM</t>
+          <t>D09</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Saint-Marin</t>
+          <t>Ariège</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>SO</t>
-[...4 lines deleted...]
-          <t>Somalie</t>
+          <t>D1</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>SY</t>
+          <t>D10</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Syrienne, République Arabe</t>
+          <t>Aube</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>SZ</t>
+          <t>D11</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Swaziland</t>
+          <t>Aude</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>T1</t>
+          <t>D12</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>TC</t>
+          <t>D13</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Turks et Caïques, Îles</t>
+          <t>Bouches-du-Rhône</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>TD</t>
+          <t>D14</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Tchad</t>
+          <t>Calvados</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>TK</t>
+          <t>D15</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Tokelau</t>
+          <t>Cantal</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>TL</t>
+          <t>D16</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Timor-Leste</t>
+          <t>Charente</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>D17</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Turkménistan</t>
+          <t>Charente-Maritime</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>TT</t>
+          <t>D18</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Trinité-et-Tobago</t>
+          <t>Cher</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>TV</t>
+          <t>D19</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Tuvalu</t>
+          <t>Corrèze</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>TW</t>
-[...4 lines deleted...]
-          <t>Taïwan, Province de Chine</t>
+          <t>D2</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>U0</t>
+          <t>D20</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Excepté Zone Euro et zone de référence</t>
+          <t>Corse</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>U6</t>
+          <t>D21</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Résidents</t>
+          <t>Côte-d'Or</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>U8</t>
+          <t>D22</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro et zone de référence</t>
+          <t>Côtes-d'Armor</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>U9</t>
+          <t>D23</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Union Européenne et zone de référence</t>
+          <t>Creuse</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>UY</t>
+          <t>D24</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Uruguay</t>
+          <t>Dordogne</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>VG</t>
+          <t>D25</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Îles Vierges Britanniques</t>
+          <t>Doubs</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>W0</t>
+          <t>D26</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Intra-UE (Composition changeante) non alloué</t>
+          <t>Drôme</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>W5</t>
+          <t>D27</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Eure</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>W7</t>
+          <t>D28</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>W9</t>
+          <t>D29</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>Finistère</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>WS</t>
+          <t>D2A</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Samoa</t>
+          <t>Corse-du-Sud</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>YT</t>
+          <t>D2B</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Mayotte</t>
+          <t>Haute-Corse</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>YU</t>
+          <t>D3</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
+          <t>D30</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>D31</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>Haute-Garonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>D32</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>D33</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>D34</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>Hérault</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>D35</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>D36</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>Indre</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>D37</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>D38</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>D39</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>D4</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>Extra zone euro à 15 (composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>D40</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>D41</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Loir-et-Cher</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>D42</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>D43</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>D44</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>Loire-Atlantique</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>D45</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>Loiret</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>D46</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>D47</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>D48</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Lozere</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>D49</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>Maine-et-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>D5</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>D50</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>D51</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>D52</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>D53</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>D54</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>D55</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>Meuse</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>D56</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>D57</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>D58</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>D59</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Nord</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>D6</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>D60</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>D61</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>D62</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>Pas-de-Calais</t>
+        </is>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>D63</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>Puy-de-Dôme</t>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>D64</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>Pyrénées-Atlantiques</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>D65</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>D66</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>D67</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>Bas-Rhin</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>D68</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Haut-Rhin</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>D69</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>Rhône</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>D7</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>D70</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>D71</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>Saône-et-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>D72</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Sarthe</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>D73</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>D74</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>Haute-Savoie</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>D75</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>D76</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>D77</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>D78</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>Yvelines</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>D79</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>D8</t>
+        </is>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>D81</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>D82</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>Tarn-et-Garonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>D83</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>D84</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>D85</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>D86</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>D87</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>D88</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr">
+        <is>
+          <t>D89</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>Yonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="inlineStr">
+        <is>
+          <t>D9</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr">
+        <is>
+          <t>D90</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>Territoire de Belfort</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr">
+        <is>
+          <t>D91</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr">
+        <is>
+          <t>D92</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>D93</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>Seine-Saint-Denis</t>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>D94</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>Val-de-Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>D95</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Val-d`Oise</t>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>D971</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>Guadeloupe</t>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>D972</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Martinique</t>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>D973</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>D974</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>D975</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Saint Pierre et Miquelon</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>D976</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>Allemagne</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>DJ</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>Djibouti</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>DK</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Danemark</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>DM</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>Dominique</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>DO</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>Dominicaine, République</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>DOM</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>Ensemble des départements d`Outre-Mer</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>DZ</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>Algérie</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>E1</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>E2</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>E3</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>E4</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>E5</t>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>E6</t>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>E7</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>E8</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>E9</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
+          <t>EC</t>
+        </is>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>Équateur</t>
+        </is>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="inlineStr">
+        <is>
+          <t>EE</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>Estonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="inlineStr">
+        <is>
+          <t>EG</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>Égypte</t>
+        </is>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="inlineStr">
+        <is>
+          <t>EH</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>Sahara Occidental</t>
+        </is>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="inlineStr">
+        <is>
+          <t>ER</t>
+        </is>
+      </c>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>Érythrée</t>
+        </is>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="inlineStr">
+        <is>
+          <t>ES</t>
+        </is>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>Espagne</t>
+        </is>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="inlineStr">
+        <is>
+          <t>ET</t>
+        </is>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>Éthiopie</t>
+        </is>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="inlineStr">
+        <is>
+          <t>EU</t>
+        </is>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>Union Européenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="inlineStr">
+        <is>
+          <t>F1</t>
+        </is>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="inlineStr">
+        <is>
+          <t>F2</t>
+        </is>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="inlineStr">
+        <is>
+          <t>F3</t>
+        </is>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="inlineStr">
+        <is>
+          <t>F4</t>
+        </is>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="inlineStr">
+        <is>
+          <t>F5</t>
+        </is>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr">
+        <is>
+          <t>F6</t>
+        </is>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="inlineStr">
+        <is>
+          <t>F7</t>
+        </is>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>F8</t>
+        </is>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="inlineStr">
+        <is>
+          <t>F9</t>
+        </is>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="inlineStr">
+        <is>
+          <t>FI</t>
+        </is>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>Finlande</t>
+        </is>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="inlineStr">
+        <is>
+          <t>FJ</t>
+        </is>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>Fidji</t>
+        </is>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr">
+        <is>
+          <t>FK</t>
+        </is>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>Falkland, Îles (Malvinas)</t>
+        </is>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="inlineStr">
+        <is>
+          <t>FM</t>
+        </is>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>Micronésie, États Fédérés de</t>
+        </is>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="inlineStr">
+        <is>
+          <t>FO</t>
+        </is>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>Féroé, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr">
+        <is>
+          <t>FR</t>
+        </is>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>G1</t>
+        </is>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>G2</t>
+        </is>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="inlineStr">
+        <is>
+          <t>GA</t>
+        </is>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>Gabon</t>
+        </is>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="inlineStr">
+        <is>
+          <t>GB</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>Royaume-Uni</t>
+        </is>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="inlineStr">
+        <is>
+          <t>GD</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>Grenade</t>
+        </is>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>Géorgie</t>
+        </is>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>GF</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>Guyane Française</t>
+        </is>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="inlineStr">
+        <is>
+          <t>GG</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>Guernesey</t>
+        </is>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>GH</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>Ghana</t>
+        </is>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>GI</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>Gibraltar</t>
+        </is>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>GL</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>Groenland</t>
+        </is>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>GM</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>Gambie</t>
+        </is>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>GN</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>Guinée</t>
+        </is>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>GP</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>Guadeloupe (GP)</t>
+        </is>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>GQ</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>Guinée Équatoriale</t>
+        </is>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>GR</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>Grèce</t>
+        </is>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>GS</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>Géorgie du Sud et Les Îles Sandwich du Sud</t>
+        </is>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>GT</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>Guatemala</t>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>GU</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>Guam</t>
+        </is>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>GW</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>Guinée-Bissau</t>
+        </is>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>GY</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>Guyana</t>
+        </is>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>H0</t>
+        </is>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>HK</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>Hong Kong</t>
+        </is>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>HM</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>Heard, Île et Mcdonald, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>HN</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>Honduras</t>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>HR</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>Croatie</t>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>HT</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>Haïti</t>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>HU</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>Hongrie</t>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>I1</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>Zone Euro 11 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>I2</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>Zone Euro 12 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>I3</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>Zone Euro 13 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="inlineStr">
+        <is>
+          <t>I4</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>Zone Euro 15 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="inlineStr">
+        <is>
+          <t>I5</t>
+        </is>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>Zone Euro 16 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="inlineStr">
+        <is>
+          <t>I6</t>
+        </is>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>Zone Euro 17 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="inlineStr">
+        <is>
+          <t>I7</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>Zone Euro 18 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="inlineStr">
+        <is>
+          <t>I8</t>
+        </is>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>Zone Euro 19 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="inlineStr">
+        <is>
+          <t>I9</t>
+        </is>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>Zone euro 20 (composition fixe) au 1er janvier 2023</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="inlineStr">
+        <is>
+          <t>ID</t>
+        </is>
+      </c>
+      <c r="B371" t="inlineStr">
+        <is>
+          <t>Indonésie</t>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="inlineStr">
+        <is>
+          <t>IE</t>
+        </is>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>Irlande</t>
+        </is>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="inlineStr">
+        <is>
+          <t>IL</t>
+        </is>
+      </c>
+      <c r="B373" t="inlineStr">
+        <is>
+          <t>Israël</t>
+        </is>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="inlineStr">
+        <is>
+          <t>IM</t>
+        </is>
+      </c>
+      <c r="B374" t="inlineStr">
+        <is>
+          <t>Île de Man</t>
+        </is>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" t="inlineStr">
+        <is>
+          <t>IN</t>
+        </is>
+      </c>
+      <c r="B375" t="inlineStr">
+        <is>
+          <t>Inde</t>
+        </is>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" t="inlineStr">
+        <is>
+          <t>IO</t>
+        </is>
+      </c>
+      <c r="B376" t="inlineStr">
+        <is>
+          <t>Océan Indien, Territoire Britannique de L`</t>
+        </is>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" t="inlineStr">
+        <is>
+          <t>IQ</t>
+        </is>
+      </c>
+      <c r="B377" t="inlineStr">
+        <is>
+          <t>Iraq</t>
+        </is>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" t="inlineStr">
+        <is>
+          <t>IR</t>
+        </is>
+      </c>
+      <c r="B378" t="inlineStr">
+        <is>
+          <t>Iran, République Islamique d`</t>
+        </is>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" t="inlineStr">
+        <is>
+          <t>IS</t>
+        </is>
+      </c>
+      <c r="B379" t="inlineStr">
+        <is>
+          <t>Islande</t>
+        </is>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" t="inlineStr">
+        <is>
+          <t>IT</t>
+        </is>
+      </c>
+      <c r="B380" t="inlineStr">
+        <is>
+          <t>Italie</t>
+        </is>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" t="inlineStr">
+        <is>
+          <t>J1</t>
+        </is>
+      </c>
+      <c r="B381" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 11 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" t="inlineStr">
+        <is>
+          <t>J2</t>
+        </is>
+      </c>
+      <c r="B382" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 12 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" t="inlineStr">
+        <is>
+          <t>J3</t>
+        </is>
+      </c>
+      <c r="B383" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 13 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" t="inlineStr">
+        <is>
+          <t>J4</t>
+        </is>
+      </c>
+      <c r="B384" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 15 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" t="inlineStr">
+        <is>
+          <t>J5</t>
+        </is>
+      </c>
+      <c r="B385" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 16 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" t="inlineStr">
+        <is>
+          <t>J6</t>
+        </is>
+      </c>
+      <c r="B386" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 17 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" t="inlineStr">
+        <is>
+          <t>JE</t>
+        </is>
+      </c>
+      <c r="B387" t="inlineStr">
+        <is>
+          <t>Jersey</t>
+        </is>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" t="inlineStr">
+        <is>
+          <t>JM</t>
+        </is>
+      </c>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>Jamaïque</t>
+        </is>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" t="inlineStr">
+        <is>
+          <t>JO</t>
+        </is>
+      </c>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>Jordanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" t="inlineStr">
+        <is>
+          <t>JP</t>
+        </is>
+      </c>
+      <c r="B390" t="inlineStr">
+        <is>
+          <t>Japon</t>
+        </is>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" t="inlineStr">
+        <is>
+          <t>K1</t>
+        </is>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" t="inlineStr">
+        <is>
+          <t>K2</t>
+        </is>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>K3</t>
+        </is>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>K4</t>
+        </is>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" t="inlineStr">
+        <is>
+          <t>K5</t>
+        </is>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" t="inlineStr">
+        <is>
+          <t>K6</t>
+        </is>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" t="inlineStr">
+        <is>
+          <t>KE</t>
+        </is>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>Kenya</t>
+        </is>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="inlineStr">
+        <is>
+          <t>KG</t>
+        </is>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>Kirghizistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="inlineStr">
+        <is>
+          <t>KH</t>
+        </is>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>Cambodge</t>
+        </is>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr">
+        <is>
+          <t>KI</t>
+        </is>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>Kiribati</t>
+        </is>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" t="inlineStr">
+        <is>
+          <t>KM</t>
+        </is>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>Comores</t>
+        </is>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr">
+        <is>
+          <t>KN</t>
+        </is>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>Saint-Kitts-et-Nevis</t>
+        </is>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr">
+        <is>
+          <t>KP</t>
+        </is>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>Corée, République Populaire Démocratique de</t>
+        </is>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr">
+        <is>
+          <t>KR</t>
+        </is>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>Corée, République de</t>
+        </is>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" t="inlineStr">
+        <is>
+          <t>KW</t>
+        </is>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>Koweït</t>
+        </is>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" t="inlineStr">
+        <is>
+          <t>KY</t>
+        </is>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>Caïmanes, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" t="inlineStr">
+        <is>
+          <t>KZ</t>
+        </is>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>Kazakhstan</t>
+        </is>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" t="inlineStr">
+        <is>
+          <t>L0</t>
+        </is>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>Autres états membres de la zone Euro (tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="inlineStr">
+        <is>
+          <t>L1</t>
+        </is>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 11 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="inlineStr">
+        <is>
+          <t>L2</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 12 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="inlineStr">
+        <is>
+          <t>L3</t>
+        </is>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 13 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="inlineStr">
+        <is>
+          <t>L4</t>
+        </is>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 15 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="inlineStr">
+        <is>
+          <t>L5</t>
+        </is>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 16 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="inlineStr">
+        <is>
+          <t>L6</t>
+        </is>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 17 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="inlineStr">
+        <is>
+          <t>LA</t>
+        </is>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>Lao, République Démocratique Populaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="inlineStr">
+        <is>
+          <t>LB</t>
+        </is>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>Liban</t>
+        </is>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr">
+        <is>
+          <t>LC</t>
+        </is>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>Sainte-Lucie</t>
+        </is>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="inlineStr">
+        <is>
+          <t>LI</t>
+        </is>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>Liechtenstein</t>
+        </is>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="inlineStr">
+        <is>
+          <t>LK</t>
+        </is>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>Sri Lanka</t>
+        </is>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="inlineStr">
+        <is>
+          <t>LR</t>
+        </is>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>Libéria</t>
+        </is>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="inlineStr">
+        <is>
+          <t>LS</t>
+        </is>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>Lesotho</t>
+        </is>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" t="inlineStr">
+        <is>
+          <t>LT</t>
+        </is>
+      </c>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>Lituanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" t="inlineStr">
+        <is>
+          <t>LU</t>
+        </is>
+      </c>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" t="inlineStr">
+        <is>
+          <t>LV</t>
+        </is>
+      </c>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>Lettonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" t="inlineStr">
+        <is>
+          <t>LY</t>
+        </is>
+      </c>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>Libyenne, Jamahiriya Arabe</t>
+        </is>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" t="inlineStr">
+        <is>
+          <t>M0</t>
+        </is>
+      </c>
+      <c r="B426" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 15 et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" t="inlineStr">
+        <is>
+          <t>M1</t>
+        </is>
+      </c>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 11 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" t="inlineStr">
+        <is>
+          <t>M2</t>
+        </is>
+      </c>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 12 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" t="inlineStr">
+        <is>
+          <t>M3</t>
+        </is>
+      </c>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 13 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="B430" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 15 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr">
+        <is>
+          <t>M5</t>
+        </is>
+      </c>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 16 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 17 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" t="inlineStr">
+        <is>
+          <t>MA</t>
+        </is>
+      </c>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>Maroc</t>
+        </is>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" t="inlineStr">
+        <is>
+          <t>MC</t>
+        </is>
+      </c>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>Monaco</t>
+        </is>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" t="inlineStr">
+        <is>
+          <t>MD</t>
+        </is>
+      </c>
+      <c r="B435" t="inlineStr">
+        <is>
+          <t>Moldova, Républic de</t>
+        </is>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" t="inlineStr">
+        <is>
+          <t>ME</t>
+        </is>
+      </c>
+      <c r="B436" t="inlineStr">
+        <is>
+          <t>Monténégro</t>
+        </is>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" t="inlineStr">
+        <is>
+          <t>MF</t>
+        </is>
+      </c>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>Saint-Martin</t>
+        </is>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" t="inlineStr">
+        <is>
+          <t>MG</t>
+        </is>
+      </c>
+      <c r="B438" t="inlineStr">
+        <is>
+          <t>Madagascar</t>
+        </is>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" t="inlineStr">
+        <is>
+          <t>MH</t>
+        </is>
+      </c>
+      <c r="B439" t="inlineStr">
+        <is>
+          <t>Marshall, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" t="inlineStr">
+        <is>
+          <t>MK</t>
+        </is>
+      </c>
+      <c r="B440" t="inlineStr">
+        <is>
+          <t>Macédoine, L`Ex-République Yougoslave de</t>
+        </is>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" t="inlineStr">
+        <is>
+          <t>ML</t>
+        </is>
+      </c>
+      <c r="B441" t="inlineStr">
+        <is>
+          <t>Mali</t>
+        </is>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" t="inlineStr">
+        <is>
+          <t>MM</t>
+        </is>
+      </c>
+      <c r="B442" t="inlineStr">
+        <is>
+          <t>Myanmar</t>
+        </is>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" t="inlineStr">
+        <is>
+          <t>MN</t>
+        </is>
+      </c>
+      <c r="B443" t="inlineStr">
+        <is>
+          <t>Mongolie</t>
+        </is>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" t="inlineStr">
+        <is>
+          <t>MO</t>
+        </is>
+      </c>
+      <c r="B444" t="inlineStr">
+        <is>
+          <t>Macao</t>
+        </is>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" t="inlineStr">
+        <is>
+          <t>MP</t>
+        </is>
+      </c>
+      <c r="B445" t="inlineStr">
+        <is>
+          <t>Mariannes du Nord, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" t="inlineStr">
+        <is>
+          <t>MQ</t>
+        </is>
+      </c>
+      <c r="B446" t="inlineStr">
+        <is>
+          <t>Martinique (MQ)</t>
+        </is>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" t="inlineStr">
+        <is>
+          <t>MR</t>
+        </is>
+      </c>
+      <c r="B447" t="inlineStr">
+        <is>
+          <t>Mauritanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="inlineStr">
+        <is>
+          <t>MS</t>
+        </is>
+      </c>
+      <c r="B448" t="inlineStr">
+        <is>
+          <t>Montserrat</t>
+        </is>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" t="inlineStr">
+        <is>
+          <t>MT</t>
+        </is>
+      </c>
+      <c r="B449" t="inlineStr">
+        <is>
+          <t>Malte</t>
+        </is>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" t="inlineStr">
+        <is>
+          <t>MU</t>
+        </is>
+      </c>
+      <c r="B450" t="inlineStr">
+        <is>
+          <t>Maurice</t>
+        </is>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" t="inlineStr">
+        <is>
+          <t>MV</t>
+        </is>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>Maldives</t>
+        </is>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" t="inlineStr">
+        <is>
+          <t>MW</t>
+        </is>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>Malawi</t>
+        </is>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" t="inlineStr">
+        <is>
+          <t>MX</t>
+        </is>
+      </c>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>Mexique</t>
+        </is>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B454" t="inlineStr">
+        <is>
+          <t>Malaisie</t>
+        </is>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" t="inlineStr">
+        <is>
+          <t>MZ</t>
+        </is>
+      </c>
+      <c r="B455" t="inlineStr">
+        <is>
+          <t>Mozambique</t>
+        </is>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="inlineStr">
+        <is>
+          <t>N0</t>
+        </is>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr">
+        <is>
+          <t>N01</t>
+        </is>
+      </c>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>France Métropolitaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="inlineStr">
+        <is>
+          <t>N0T</t>
+        </is>
+      </c>
+      <c r="B458" t="inlineStr">
+        <is>
+          <t>National</t>
+        </is>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" t="inlineStr">
+        <is>
+          <t>N1</t>
+        </is>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" t="inlineStr">
+        <is>
+          <t>N2</t>
+        </is>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" t="inlineStr">
+        <is>
+          <t>N3</t>
+        </is>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" t="inlineStr">
+        <is>
+          <t>N4</t>
+        </is>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" t="inlineStr">
+        <is>
+          <t>N5</t>
+        </is>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" t="inlineStr">
+        <is>
+          <t>N6</t>
+        </is>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" t="inlineStr">
+        <is>
+          <t>NA</t>
+        </is>
+      </c>
+      <c r="B465" t="inlineStr">
+        <is>
+          <t>Namibie</t>
+        </is>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" t="inlineStr">
+        <is>
+          <t>NC</t>
+        </is>
+      </c>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>Nouvelle-Calédonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" t="inlineStr">
+        <is>
+          <t>NE</t>
+        </is>
+      </c>
+      <c r="B467" t="inlineStr">
+        <is>
+          <t>Niger</t>
+        </is>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" t="inlineStr">
+        <is>
+          <t>NF</t>
+        </is>
+      </c>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>Norfolk, Île</t>
+        </is>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="inlineStr">
+        <is>
+          <t>NG</t>
+        </is>
+      </c>
+      <c r="B469" t="inlineStr">
+        <is>
+          <t>Nigéria</t>
+        </is>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>Nicaragua</t>
+        </is>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="inlineStr">
+        <is>
+          <t>NL</t>
+        </is>
+      </c>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>Pays-Bas</t>
+        </is>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>Norvège</t>
+        </is>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" t="inlineStr">
+        <is>
+          <t>NP</t>
+        </is>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>Népal</t>
+        </is>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" t="inlineStr">
+        <is>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="B474" t="inlineStr">
+        <is>
+          <t>Nauru</t>
+        </is>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" t="inlineStr">
+        <is>
+          <t>NU</t>
+        </is>
+      </c>
+      <c r="B475" t="inlineStr">
+        <is>
+          <t>Niué</t>
+        </is>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" t="inlineStr">
+        <is>
+          <t>NZ</t>
+        </is>
+      </c>
+      <c r="B476" t="inlineStr">
+        <is>
+          <t>Nouvelle-Zélande</t>
+        </is>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" t="inlineStr">
+        <is>
+          <t>O1</t>
+        </is>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" t="inlineStr">
+        <is>
+          <t>O2</t>
+        </is>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" t="inlineStr">
+        <is>
+          <t>O3</t>
+        </is>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" t="inlineStr">
+        <is>
+          <t>O4</t>
+        </is>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" t="inlineStr">
+        <is>
+          <t>O5</t>
+        </is>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" t="inlineStr">
+        <is>
+          <t>O6</t>
+        </is>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" t="inlineStr">
+        <is>
+          <t>OM</t>
+        </is>
+      </c>
+      <c r="B483" t="inlineStr">
+        <is>
+          <t>Oman</t>
+        </is>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" t="inlineStr">
+        <is>
+          <t>P1</t>
+        </is>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" t="inlineStr">
+        <is>
+          <t>P2</t>
+        </is>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" t="inlineStr">
+        <is>
+          <t>P3</t>
+        </is>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" t="inlineStr">
+        <is>
+          <t>P4</t>
+        </is>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" t="inlineStr">
+        <is>
+          <t>P5</t>
+        </is>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" t="inlineStr">
+        <is>
+          <t>P6</t>
+        </is>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" t="inlineStr">
+        <is>
+          <t>PA</t>
+        </is>
+      </c>
+      <c r="B490" t="inlineStr">
+        <is>
+          <t>Panama</t>
+        </is>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" t="inlineStr">
+        <is>
+          <t>PE</t>
+        </is>
+      </c>
+      <c r="B491" t="inlineStr">
+        <is>
+          <t>Pérou</t>
+        </is>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" t="inlineStr">
+        <is>
+          <t>PF</t>
+        </is>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>Polynésie Française</t>
+        </is>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" t="inlineStr">
+        <is>
+          <t>PG</t>
+        </is>
+      </c>
+      <c r="B493" t="inlineStr">
+        <is>
+          <t>Papouasie-Nouvelle-Guinée</t>
+        </is>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="B494" t="inlineStr">
+        <is>
+          <t>Philippines</t>
+        </is>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" t="inlineStr">
+        <is>
+          <t>PK</t>
+        </is>
+      </c>
+      <c r="B495" t="inlineStr">
+        <is>
+          <t>Pakistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="B496" t="inlineStr">
+        <is>
+          <t>Pologne</t>
+        </is>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" t="inlineStr">
+        <is>
+          <t>PM</t>
+        </is>
+      </c>
+      <c r="B497" t="inlineStr">
+        <is>
+          <t>Saint-Pierre-et-Miquelon</t>
+        </is>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="B498" t="inlineStr">
+        <is>
+          <t>Pitcairn</t>
+        </is>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" t="inlineStr">
+        <is>
+          <t>PR</t>
+        </is>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>Porto Rico</t>
+        </is>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" t="inlineStr">
+        <is>
+          <t>PS</t>
+        </is>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>Palestinien Occupé, Territoire</t>
+        </is>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>Portugal</t>
+        </is>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>Palaos</t>
+        </is>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" t="inlineStr">
+        <is>
+          <t>PY</t>
+        </is>
+      </c>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>Paraguay</t>
+        </is>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" t="inlineStr">
+        <is>
+          <t>QA</t>
+        </is>
+      </c>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>Qatar</t>
+        </is>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" t="inlineStr">
+        <is>
+          <t>R01</t>
+        </is>
+      </c>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>Guadeloupe - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" t="inlineStr">
+        <is>
+          <t>R02</t>
+        </is>
+      </c>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>Martinique - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" t="inlineStr">
+        <is>
+          <t>R03</t>
+        </is>
+      </c>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>Guyane - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" t="inlineStr">
+        <is>
+          <t>R04</t>
+        </is>
+      </c>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>Réunion - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" t="inlineStr">
+        <is>
+          <t>R1</t>
+        </is>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" t="inlineStr">
+        <is>
+          <t>R11</t>
+        </is>
+      </c>
+      <c r="B510" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" t="inlineStr">
+        <is>
+          <t>R2</t>
+        </is>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" t="inlineStr">
+        <is>
+          <t>R21</t>
+        </is>
+      </c>
+      <c r="B512" t="inlineStr">
+        <is>
+          <t>Champagne-Ardenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" t="inlineStr">
+        <is>
+          <t>R22</t>
+        </is>
+      </c>
+      <c r="B513" t="inlineStr">
+        <is>
+          <t>Picardie</t>
+        </is>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" t="inlineStr">
+        <is>
+          <t>R23</t>
+        </is>
+      </c>
+      <c r="B514" t="inlineStr">
+        <is>
+          <t>Haute-Normandie</t>
+        </is>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" t="inlineStr">
+        <is>
+          <t>R24</t>
+        </is>
+      </c>
+      <c r="B515" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" t="inlineStr">
+        <is>
+          <t>R25</t>
+        </is>
+      </c>
+      <c r="B516" t="inlineStr">
+        <is>
+          <t>Basse-Normandie</t>
+        </is>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" t="inlineStr">
+        <is>
+          <t>R26</t>
+        </is>
+      </c>
+      <c r="B517" t="inlineStr">
+        <is>
+          <t>Bourgogne</t>
+        </is>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" t="inlineStr">
+        <is>
+          <t>R27</t>
+        </is>
+      </c>
+      <c r="B518" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" t="inlineStr">
+        <is>
+          <t>R28</t>
+        </is>
+      </c>
+      <c r="B519" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" t="inlineStr">
+        <is>
+          <t>R31</t>
+        </is>
+      </c>
+      <c r="B520" t="inlineStr">
+        <is>
+          <t>Nord-Pas-de-Calais</t>
+        </is>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="B521" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="inlineStr">
+        <is>
+          <t>R41</t>
+        </is>
+      </c>
+      <c r="B522" t="inlineStr">
+        <is>
+          <t>Lorraine</t>
+        </is>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" t="inlineStr">
+        <is>
+          <t>R42</t>
+        </is>
+      </c>
+      <c r="B523" t="inlineStr">
+        <is>
+          <t>Alsace</t>
+        </is>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" t="inlineStr">
+        <is>
+          <t>R43</t>
+        </is>
+      </c>
+      <c r="B524" t="inlineStr">
+        <is>
+          <t>Franche-Comte</t>
+        </is>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" t="inlineStr">
+        <is>
+          <t>R44</t>
+        </is>
+      </c>
+      <c r="B525" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" t="inlineStr">
+        <is>
+          <t>R52</t>
+        </is>
+      </c>
+      <c r="B526" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" t="inlineStr">
+        <is>
+          <t>R53</t>
+        </is>
+      </c>
+      <c r="B527" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" t="inlineStr">
+        <is>
+          <t>R54</t>
+        </is>
+      </c>
+      <c r="B528" t="inlineStr">
+        <is>
+          <t>Poitou-Charentes</t>
+        </is>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" t="inlineStr">
+        <is>
+          <t>R6</t>
+        </is>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" t="inlineStr">
+        <is>
+          <t>R7</t>
+        </is>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" t="inlineStr">
+        <is>
+          <t>R72</t>
+        </is>
+      </c>
+      <c r="B531" t="inlineStr">
+        <is>
+          <t>Aquitaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="inlineStr">
+        <is>
+          <t>R73</t>
+        </is>
+      </c>
+      <c r="B532" t="inlineStr">
+        <is>
+          <t>Midi-Pyrénées</t>
+        </is>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="inlineStr">
+        <is>
+          <t>R74</t>
+        </is>
+      </c>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>Limousin</t>
+        </is>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" t="inlineStr">
+        <is>
+          <t>R75</t>
+        </is>
+      </c>
+      <c r="B534" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" t="inlineStr">
+        <is>
+          <t>R76</t>
+        </is>
+      </c>
+      <c r="B535" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" t="inlineStr">
+        <is>
+          <t>R8</t>
+        </is>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" t="inlineStr">
+        <is>
+          <t>R82</t>
+        </is>
+      </c>
+      <c r="B537" t="inlineStr">
+        <is>
+          <t>Rhône-Alpes</t>
+        </is>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" t="inlineStr">
+        <is>
+          <t>R83</t>
+        </is>
+      </c>
+      <c r="B538" t="inlineStr">
+        <is>
+          <t>Auvergne</t>
+        </is>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" t="inlineStr">
+        <is>
+          <t>R84</t>
+        </is>
+      </c>
+      <c r="B539" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" t="inlineStr">
+        <is>
+          <t>R91</t>
+        </is>
+      </c>
+      <c r="B540" t="inlineStr">
+        <is>
+          <t>Languedoc-Roussillon</t>
+        </is>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" t="inlineStr">
+        <is>
+          <t>R93</t>
+        </is>
+      </c>
+      <c r="B541" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" t="inlineStr">
+        <is>
+          <t>R94</t>
+        </is>
+      </c>
+      <c r="B542" t="inlineStr">
+        <is>
+          <t>Corse</t>
+        </is>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="inlineStr">
+        <is>
+          <t>R97</t>
+        </is>
+      </c>
+      <c r="B543" t="inlineStr">
+        <is>
+          <t>DOM et Mayotte</t>
+        </is>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="inlineStr">
+        <is>
+          <t>RE</t>
+        </is>
+      </c>
+      <c r="B544" t="inlineStr">
+        <is>
+          <t>Réunion (RE)</t>
+        </is>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="inlineStr">
+        <is>
+          <t>RO</t>
+        </is>
+      </c>
+      <c r="B545" t="inlineStr">
+        <is>
+          <t>Roumanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="inlineStr">
+        <is>
+          <t>RS</t>
+        </is>
+      </c>
+      <c r="B546" t="inlineStr">
+        <is>
+          <t>Serbie</t>
+        </is>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="inlineStr">
+        <is>
+          <t>RU</t>
+        </is>
+      </c>
+      <c r="B547" t="inlineStr">
+        <is>
+          <t>Russie, Fédération de</t>
+        </is>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="inlineStr">
+        <is>
+          <t>RW</t>
+        </is>
+      </c>
+      <c r="B548" t="inlineStr">
+        <is>
+          <t>Rwanda</t>
+        </is>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="inlineStr">
+        <is>
+          <t>S1</t>
+        </is>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="inlineStr">
+        <is>
+          <t>S1312</t>
+        </is>
+      </c>
+      <c r="B550" t="inlineStr">
+        <is>
+          <t>Administrations d’États fédérés</t>
+        </is>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="inlineStr">
+        <is>
+          <t>S2</t>
+        </is>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="inlineStr">
+        <is>
+          <t>S3</t>
+        </is>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="inlineStr">
+        <is>
+          <t>S4</t>
+        </is>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="inlineStr">
+        <is>
+          <t>S5</t>
+        </is>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="inlineStr">
+        <is>
+          <t>S6</t>
+        </is>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="inlineStr">
+        <is>
+          <t>SA</t>
+        </is>
+      </c>
+      <c r="B556" t="inlineStr">
+        <is>
+          <t>Arabie Saoudite</t>
+        </is>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="inlineStr">
+        <is>
+          <t>SB</t>
+        </is>
+      </c>
+      <c r="B557" t="inlineStr">
+        <is>
+          <t>Salomon, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="B558" t="inlineStr">
+        <is>
+          <t>Seychelles</t>
+        </is>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" t="inlineStr">
+        <is>
+          <t>SD</t>
+        </is>
+      </c>
+      <c r="B559" t="inlineStr">
+        <is>
+          <t>Soudan</t>
+        </is>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" t="inlineStr">
+        <is>
+          <t>SE</t>
+        </is>
+      </c>
+      <c r="B560" t="inlineStr">
+        <is>
+          <t>Suède</t>
+        </is>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" t="inlineStr">
+        <is>
+          <t>SG</t>
+        </is>
+      </c>
+      <c r="B561" t="inlineStr">
+        <is>
+          <t>Singapour</t>
+        </is>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="B562" t="inlineStr">
+        <is>
+          <t>Sainte-Hélène, Ascension et Tristan Da Cunha</t>
+        </is>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" t="inlineStr">
+        <is>
+          <t>SI</t>
+        </is>
+      </c>
+      <c r="B563" t="inlineStr">
+        <is>
+          <t>Slovénie</t>
+        </is>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" t="inlineStr">
+        <is>
+          <t>SJ</t>
+        </is>
+      </c>
+      <c r="B564" t="inlineStr">
+        <is>
+          <t>Svalbard et Île Jan Mayen</t>
+        </is>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" t="inlineStr">
+        <is>
+          <t>SK</t>
+        </is>
+      </c>
+      <c r="B565" t="inlineStr">
+        <is>
+          <t>Slovaquie</t>
+        </is>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>SL</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Sierra Leone</t>
+        </is>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>SM</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Saint-Marin</t>
+        </is>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>SN</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>Sénégal</t>
+        </is>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" t="inlineStr">
+        <is>
+          <t>SO</t>
+        </is>
+      </c>
+      <c r="B569" t="inlineStr">
+        <is>
+          <t>Somalie</t>
+        </is>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+      <c r="B570" t="inlineStr">
+        <is>
+          <t>Suriname</t>
+        </is>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" t="inlineStr">
+        <is>
+          <t>ST</t>
+        </is>
+      </c>
+      <c r="B571" t="inlineStr">
+        <is>
+          <t>Sao Tomé-et-Principe</t>
+        </is>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="B572" t="inlineStr">
+        <is>
+          <t>El Salvador</t>
+        </is>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" t="inlineStr">
+        <is>
+          <t>SX</t>
+        </is>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="inlineStr">
+        <is>
+          <t>SY</t>
+        </is>
+      </c>
+      <c r="B574" t="inlineStr">
+        <is>
+          <t>Syrienne, République Arabe</t>
+        </is>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="inlineStr">
+        <is>
+          <t>SZ</t>
+        </is>
+      </c>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>Swaziland</t>
+        </is>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="inlineStr">
+        <is>
+          <t>T1</t>
+        </is>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="inlineStr">
+        <is>
+          <t>T2</t>
+        </is>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="B578" t="inlineStr">
+        <is>
+          <t>Turks et Caïques, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" t="inlineStr">
+        <is>
+          <t>TD</t>
+        </is>
+      </c>
+      <c r="B579" t="inlineStr">
+        <is>
+          <t>Tchad</t>
+        </is>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" t="inlineStr">
+        <is>
+          <t>TF</t>
+        </is>
+      </c>
+      <c r="B580" t="inlineStr">
+        <is>
+          <t>Terres Australes Françaises</t>
+        </is>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" t="inlineStr">
+        <is>
+          <t>TG</t>
+        </is>
+      </c>
+      <c r="B581" t="inlineStr">
+        <is>
+          <t>Togo</t>
+        </is>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="inlineStr">
+        <is>
+          <t>TH</t>
+        </is>
+      </c>
+      <c r="B582" t="inlineStr">
+        <is>
+          <t>Thaïlande</t>
+        </is>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="inlineStr">
+        <is>
+          <t>TJ</t>
+        </is>
+      </c>
+      <c r="B583" t="inlineStr">
+        <is>
+          <t>Tadjikistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="inlineStr">
+        <is>
+          <t>TK</t>
+        </is>
+      </c>
+      <c r="B584" t="inlineStr">
+        <is>
+          <t>Tokelau</t>
+        </is>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="inlineStr">
+        <is>
+          <t>TL</t>
+        </is>
+      </c>
+      <c r="B585" t="inlineStr">
+        <is>
+          <t>Timor-Leste</t>
+        </is>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>Turkménistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="inlineStr">
+        <is>
+          <t>TN</t>
+        </is>
+      </c>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Tunisie</t>
+        </is>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="inlineStr">
+        <is>
+          <t>TO</t>
+        </is>
+      </c>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>Tonga</t>
+        </is>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="inlineStr">
+        <is>
+          <t>TR</t>
+        </is>
+      </c>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>Turquie</t>
+        </is>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="inlineStr">
+        <is>
+          <t>TT</t>
+        </is>
+      </c>
+      <c r="B590" t="inlineStr">
+        <is>
+          <t>Trinité-et-Tobago</t>
+        </is>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="inlineStr">
+        <is>
+          <t>TV</t>
+        </is>
+      </c>
+      <c r="B591" t="inlineStr">
+        <is>
+          <t>Tuvalu</t>
+        </is>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="inlineStr">
+        <is>
+          <t>TW</t>
+        </is>
+      </c>
+      <c r="B592" t="inlineStr">
+        <is>
+          <t>Taïwan, Province de Chine</t>
+        </is>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="inlineStr">
+        <is>
+          <t>TZ</t>
+        </is>
+      </c>
+      <c r="B593" t="inlineStr">
+        <is>
+          <t>Tanzanie, République-Unie de</t>
+        </is>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="inlineStr">
+        <is>
+          <t>U0</t>
+        </is>
+      </c>
+      <c r="B594" t="inlineStr">
+        <is>
+          <t>Excepté Zone Euro et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr">
+        <is>
+          <t>U2</t>
+        </is>
+      </c>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>Zone Euro (composition évolutive)</t>
+        </is>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr">
+        <is>
+          <t>U3</t>
+        </is>
+      </c>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>Etats de l`Union Européenne n`appartenant pas à la Zone Euro</t>
+        </is>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr">
+        <is>
+          <t>U4</t>
+        </is>
+      </c>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro</t>
+        </is>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr">
+        <is>
+          <t>U5</t>
+        </is>
+      </c>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>Autres pays de la Zone Euro (Tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr">
+        <is>
+          <t>U6</t>
+        </is>
+      </c>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>Résidents</t>
+        </is>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr">
+        <is>
+          <t>U7</t>
+        </is>
+      </c>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>Zone Euro et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr">
+        <is>
+          <t>U8</t>
+        </is>
+      </c>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr">
+        <is>
+          <t>U9</t>
+        </is>
+      </c>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Union Européenne et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr">
+        <is>
+          <t>UA</t>
+        </is>
+      </c>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
+        </is>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr">
+        <is>
+          <t>UG</t>
+        </is>
+      </c>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Ouganda</t>
+        </is>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr">
+        <is>
+          <t>UM</t>
+        </is>
+      </c>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>Îles Mineures Éloignées des États-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="inlineStr">
+        <is>
+          <t>US</t>
+        </is>
+      </c>
+      <c r="B606" t="inlineStr">
+        <is>
+          <t>États-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" t="inlineStr">
+        <is>
+          <t>UY</t>
+        </is>
+      </c>
+      <c r="B607" t="inlineStr">
+        <is>
+          <t>Uruguay</t>
+        </is>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" t="inlineStr">
+        <is>
+          <t>UZ</t>
+        </is>
+      </c>
+      <c r="B608" t="inlineStr">
+        <is>
+          <t>Ouzbékistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="B609" t="inlineStr">
+        <is>
+          <t>Zone Euro 27 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" t="inlineStr">
+        <is>
+          <t>V2</t>
+        </is>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" t="inlineStr">
+        <is>
+          <t>VA</t>
+        </is>
+      </c>
+      <c r="B611" t="inlineStr">
+        <is>
+          <t>Vatican, État de La Cité du</t>
+        </is>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" t="inlineStr">
+        <is>
+          <t>VC</t>
+        </is>
+      </c>
+      <c r="B612" t="inlineStr">
+        <is>
+          <t>Saint-Vincent-et-Les Grenadines</t>
+        </is>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" t="inlineStr">
+        <is>
+          <t>VE</t>
+        </is>
+      </c>
+      <c r="B613" t="inlineStr">
+        <is>
+          <t>Venezuela, République Bolivarienne du</t>
+        </is>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" t="inlineStr">
+        <is>
+          <t>VG</t>
+        </is>
+      </c>
+      <c r="B614" t="inlineStr">
+        <is>
+          <t>Îles Vierges Britanniques</t>
+        </is>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" t="inlineStr">
+        <is>
+          <t>VI</t>
+        </is>
+      </c>
+      <c r="B615" t="inlineStr">
+        <is>
+          <t>Îles Vierges des États-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" t="inlineStr">
+        <is>
+          <t>VN</t>
+        </is>
+      </c>
+      <c r="B616" t="inlineStr">
+        <is>
+          <t>Viet Nam</t>
+        </is>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" t="inlineStr">
+        <is>
+          <t>VU</t>
+        </is>
+      </c>
+      <c r="B617" t="inlineStr">
+        <is>
+          <t>Vanuatu</t>
+        </is>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" t="inlineStr">
+        <is>
+          <t>W0</t>
+        </is>
+      </c>
+      <c r="B618" t="inlineStr">
+        <is>
+          <t>Intra-UE (Composition changeante) non alloué</t>
+        </is>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" t="inlineStr">
+        <is>
+          <t>W1</t>
+        </is>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" t="inlineStr">
+        <is>
+          <t>W2</t>
+        </is>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" t="inlineStr">
+        <is>
+          <t>W4</t>
+        </is>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" t="inlineStr">
+        <is>
+          <t>W5</t>
+        </is>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" t="inlineStr">
+        <is>
+          <t>W6</t>
+        </is>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" t="inlineStr">
+        <is>
+          <t>W7</t>
+        </is>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" t="inlineStr">
+        <is>
+          <t>W8</t>
+        </is>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>W9</t>
+        </is>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>WF</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>Wallis et Futuna</t>
+        </is>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>WS</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
+        <is>
+          <t>Samoa</t>
+        </is>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" t="inlineStr">
+        <is>
+          <t>X0</t>
+        </is>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" t="inlineStr">
+        <is>
+          <t>XD</t>
+        </is>
+      </c>
+      <c r="B630" t="inlineStr">
+        <is>
+          <t>DOM France</t>
+        </is>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" t="inlineStr">
+        <is>
+          <t>XG</t>
+        </is>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" t="inlineStr">
+        <is>
+          <t>XK</t>
+        </is>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" t="inlineStr">
+        <is>
+          <t>YE</t>
+        </is>
+      </c>
+      <c r="B633" t="inlineStr">
+        <is>
+          <t>Yémen</t>
+        </is>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" t="inlineStr">
+        <is>
+          <t>YT</t>
+        </is>
+      </c>
+      <c r="B634" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" t="inlineStr">
+        <is>
+          <t>YU</t>
+        </is>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" t="inlineStr">
+        <is>
+          <t>Z0</t>
+        </is>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" t="inlineStr">
+        <is>
+          <t>Z1</t>
+        </is>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" t="inlineStr">
+        <is>
+          <t>Z2</t>
+        </is>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" t="inlineStr">
+        <is>
+          <t>Z3</t>
+        </is>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" t="inlineStr">
+        <is>
+          <t>Z4</t>
+        </is>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" t="inlineStr">
+        <is>
+          <t>Z5</t>
+        </is>
+      </c>
+      <c r="B641" t="inlineStr">
+        <is>
+          <t>Monde non ventilé (geographiquement)</t>
+        </is>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" t="inlineStr">
+        <is>
           <t>Z6</t>
+        </is>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" t="inlineStr">
+        <is>
+          <t>Z7</t>
+        </is>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" t="inlineStr">
+        <is>
+          <t>Z8</t>
+        </is>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" t="inlineStr">
+        <is>
+          <t>Z9</t>
+        </is>
+      </c>
+      <c r="B645" t="inlineStr">
+        <is>
+          <t>Reste du Monde</t>
+        </is>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" t="inlineStr">
+        <is>
+          <t>ZA</t>
+        </is>
+      </c>
+      <c r="B646" t="inlineStr">
+        <is>
+          <t>Afrique du Sud</t>
+        </is>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" t="inlineStr">
+        <is>
+          <t>ZM</t>
+        </is>
+      </c>
+      <c r="B647" t="inlineStr">
+        <is>
+          <t>Zambie</t>
+        </is>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" t="inlineStr">
+        <is>
+          <t>ZW</t>
+        </is>
+      </c>
+      <c r="B648" t="inlineStr">
+        <is>
+          <t>Zimbabwe</t>
+        </is>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" t="inlineStr">
+        <is>
+          <t>ZZ</t>
+        </is>
+      </c>
+      <c r="B649" t="inlineStr">
+        <is>
+          <t>Autres pays européens</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B12"/>
+  <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ESA95_SECTOR</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Secteur émetteur</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>1100</t>
+          <t>0000</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Sociétés non financières</t>
+          <t>Tous secteurs</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>11C2</t>
+          <t>00BK</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Sociétés résidentes du CAC40</t>
+          <t>Banques</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>122Z</t>
+          <t>1000</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Autres IFM  hors opérations internes aux groupes bancaires</t>
+          <t>Total</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>1230</t>
+          <t>100Z</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Autres intermédiaires financiers (hors sociétés d'assurances et fonds de pension)</t>
+          <t>Total hors opérations internes aux groupes bancaires</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>130C</t>
+          <t>1100</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Administrations publiques locales</t>
+          <t>Sociétés non financières</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>1101</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>France</t>
+          <t>Sociétés non financières publiques</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>1102</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Zone hors Union Européenne</t>
+          <t>Sociétés non financières privées</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>2114</t>
+          <t>11C2</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Zone hors Union Européenne</t>
+          <t>Sociétés résidentes du CAC40</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
+          <t>11_2</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Sociétés</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>1200</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Sociétés financières</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>1210</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Banque Centrale</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>1220</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Autres Institutions financières monétaires</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>122Z</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Autres IFM  hors opérations internes aux groupes bancaires</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>1230</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Autres intermédiaires financiers (hors sociétés d'assurances et fonds de pension)</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>1235</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Institutions financières non monétaires</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>123B</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Organismes de placements collectifs</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>123Z</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Institutions financières non monétaires hors opérations internes aux groupes bancaires</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>1250</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Sociétés d'assurance et fonds de pension</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>12A0</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>IFMs</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>1300</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Administrations publiques</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>130C</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Administrations publiques locales</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>130D</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Administrations publiques, hors administration centrale</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>1311</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Administration centrale</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>1314</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Administrations de sécurité sociale</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>1315</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Etat (définition DNE)</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>2000</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Reste du monde</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>2011</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Membres de l’Union économique et monétaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>2012</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Non membres de l’Union Économique et Monétaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>2014</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Zone hors Union Européenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>2111</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Membres de l’Union économique et monétaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>2112</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Non membres de l’Union Économique et Monétaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>2113</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>2114</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Zone hors Union Européenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>AUTO</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Auto-détention</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>CAPT</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Opérations internes</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
           <t>SFEF</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Société de Financement de l'Economie Française</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B12"/>
+  <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ESA95_ACCOUNT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Compte</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>B1QCAP</t>
+          <t>AT1000</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Produit intérieur brut par habitant aux prix de marché, en parité de pouvoir d`achat</t>
+          <t>Titres (de capital et de dettes)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>F33000</t>
+          <t>B1QCAP</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Titres de dettes, hors produits financiers dérivés</t>
+          <t>Produit intérieur brut par habitant aux prix de marché, en parité de pouvoir d`achat</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>F33202</t>
+          <t>B1QG00</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Titres de dette à long terme à taux variable</t>
+          <t>Produit Intérieur Brut</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>F332F4</t>
+          <t>F33000</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Crédits et titres de créance long terme</t>
+          <t>Titres de dettes, hors produits financiers dérivés</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>F51000</t>
+          <t>F330F4</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Actions et autres participations, hors parts d'OPCVM</t>
+          <t>Crédits et titres de créance</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>F51200</t>
+          <t>F33100</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Actions non cotées</t>
+          <t>Titres de dette à court terme</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>F52OAC</t>
+          <t>F33200</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>OPC actions</t>
+          <t>Titres de dette à long terme</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>F52OMO</t>
+          <t>F33201</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>OPC monétaires</t>
+          <t>Titres de dette à long terme à taux fixe</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
+          <t>F33202</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Titres de dette à long terme à taux variable</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>F33203</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Titres de dette à long terme à zéro coupon</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>F332F4</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Crédits et titres de créance long terme</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>F33COV</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Obligations sécurisées</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>F51000</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Actions et autres participations, hors parts d'OPCVM</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>F51100</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Actions cotées</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>F51200</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Actions non cotées</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>F51300</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Autres participations</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>F52000</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Parts d'Organismes de Placement Collectif</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>F52OAC</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>OPC actions</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>F52ODI</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>OPC diversifiés</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>F52OFA</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>OPC fonds alternatifs</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>F52OFF</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>OPC fonds à formule</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>F52OMO</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>OPC monétaires</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
           <t>F52OOB</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>OPC obligations</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>F53000</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Fonds divers</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>FBT000</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>OAT</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>FBTAN0</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Bons du tresor</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>FBTF00</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Bons du tresor à long terme (BTAN)</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>FOAT00</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Bons du tresor à court terme (BTF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>POPULA</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Population totale</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B171"/>
+  <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
-          <t>COUNT_AREA</t>
+          <t>MUFA_VALUATION</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
-          <t>Zone géo. de contrepartie</t>
+          <t>Valorisation des titres</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>1D</t>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Valeur comptable</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>1J</t>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Valeur de marché (SEC 95)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>1L</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Valeur nominale</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>1N</t>
-[...1757 lines deleted...]
-          <t>Zimbabwe</t>
+          <t>Z</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Non déterminé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B8"/>
+  <dimension ref="A1:B649"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
-          <t>DATA_TYPE_BOP</t>
+          <t>COUNT_AREA</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
-          <t>Type de donnees BDP, flux et position</t>
+          <t>Zone géo. de contrepartie</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2</t>
-[...4 lines deleted...]
-          <t>Crédit</t>
+          <t>1A</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>4</t>
-[...4 lines deleted...]
-          <t>Solde</t>
+          <t>1B</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>6</t>
-[...4 lines deleted...]
-          <t>Taux de change valuation adjustment</t>
+          <t>1C</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>9</t>
-[...4 lines deleted...]
-          <t>Total adjustments</t>
+          <t>1D</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>T</t>
-[...4 lines deleted...]
-          <t>Solde (international investment position sign convention)</t>
+          <t>1E</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>1F</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>1G</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>1H</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>1J</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>1K</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>1L</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>1M</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>1N</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>1O</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>1P</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>1Q</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>1R</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>1S</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>1T</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>1Z</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>4A</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>4B</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>4C</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>4D</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>4E</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>4F</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>4G</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>4H</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>4I</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>4J</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>4K</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>4L</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>4M</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>4N</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>4O</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>4P</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>4Q</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>4R</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>4V</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>4X</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>4Z</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>5A</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>5B</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>5C</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>5D</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>5E</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>5F</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>5G</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>5H</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>5I</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>5J</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>5K</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>5L</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>5M</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>5N</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>5O</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>5P</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>5Q</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>5R</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>5S</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>5T</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>5U</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>5V</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>5W</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>5X</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>5Y</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>5Z</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>6A</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>6B</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>6C</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>6D</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>6E</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>6F</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>6G</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>6H</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>6I</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>6J</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>6K</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>6L</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>6M</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>6N</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>6O</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>6P</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>6Q</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>6R</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>6S</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>6T</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>6U</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>6Z</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>7Z</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>8A</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>A0</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>A1</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Monde</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>A2</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>A3</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>A4</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>A5</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>A6</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>A7</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>A8</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>A9</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>AD</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Andorre</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>AE</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Émirats Arabes Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>AF</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Afghanistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>AG</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Antigua et Barbuda</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>AI</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Anguilla</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>AL</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Albanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>AM</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Arménie</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Antilles Néerlandaises</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>AO</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Angola</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>AQ</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Antarctique</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>AR</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Argentine</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>AS</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Samoa Américaines</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>AT</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Autriche</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>AU</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Australie</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>AW</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Aruba</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>AX</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Åland, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>AZ</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Azerbaïdjan</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>B1</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>B2</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>B3</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>B4</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>B5</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>B52</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>Banques Centrales Nationales/Banque Centrale Européenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>B6</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>B7</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>B8</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>B9</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>BA</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Bosnie-Herzégovine</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>BB</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Barbade</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>BD</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Bangladesh</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>BE</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>BF</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Burkina Faso</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>BG</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Bulgarie</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>BH</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Bahreïn</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>BI</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Burundi</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>BJ</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Bénin</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>BL</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Saint-Barthélemy</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>BM</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Bermudes</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>BN</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Brunéi Darussalam</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>BO</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Bolivie, L`État Plurinational de</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>BQ</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>BR</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>Brésil</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>BS</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>Bahamas</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>BT</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Bhoutan</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>BV</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Bouvet, Île</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>Botswana</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>Bélarus</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>BZ</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Belize</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>C1</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>C2</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>C3</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>C4</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>C5</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>C6</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>C7</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>C8</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>C9</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>CA</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Canada</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>CC</t>
+        </is>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Cocos (Keeling), Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>CD</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>Congo, La République Démocratique du</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>CF</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Centrafricaine, République</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>CG</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Congo</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>CH</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Suisse</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>CI</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Côte d`Ivoire</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>CK</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Cook, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>CL</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Chili</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>CM</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Cameroun</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>CN</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>Chine</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Colombie</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>CR</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Costa Rica</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>CS</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>CU</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Cuba</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>CV</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>Cap-Vert</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>CW</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>CX</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>Christmas, Île</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>CY</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Chypre</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>CZ</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>Tchèque, République</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>D0</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>Union européenne (Composition changeante)</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>D01</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>D02</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Aisne</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>D03</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Allier</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>D04</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>D05</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>Hautes-Alpes</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>D06</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Alpes-Maritimes</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>D07</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>D08</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>D09</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>Ariège</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>D1</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>D10</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>D11</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>D12</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>D13</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Bouches-du-Rhône</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>D14</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>D15</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>D16</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>D17</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>D18</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Cher</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>D19</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>D2</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>D20</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Corse</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>D21</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Côte-d'Or</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>D22</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Côtes-d'Armor</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>D23</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Creuse</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>D24</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>D25</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Doubs</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>D26</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>D27</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Eure</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>D28</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>D29</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>D2A</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>Corse-du-Sud</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>D2B</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>Haute-Corse</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>D3</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>D30</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>Gard</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>D31</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>Haute-Garonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>D32</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>D33</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>D34</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>Hérault</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>D35</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>D36</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>Indre</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>D37</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>D38</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>D39</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>D4</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>Extra zone euro à 15 (composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>D40</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>D41</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Loir-et-Cher</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>D42</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>D43</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>D44</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>Loire-Atlantique</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>D45</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>Loiret</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>D46</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>D47</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>D48</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Lozere</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>D49</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>Maine-et-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>D5</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>D50</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>D51</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>D52</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>D53</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>D54</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>D55</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>Meuse</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>D56</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>D57</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>D58</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>D59</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Nord</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>D6</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>D60</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>D61</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>Orne</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>D62</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>Pas-de-Calais</t>
+        </is>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>D63</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>Puy-de-Dôme</t>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>D64</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>Pyrénées-Atlantiques</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>D65</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>D66</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>D67</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>Bas-Rhin</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>D68</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Haut-Rhin</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>D69</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>Rhône</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>D7</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>D70</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>D71</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>Saône-et-Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>D72</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Sarthe</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>D73</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>D74</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>Haute-Savoie</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>D75</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>D76</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>D77</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>D78</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>Yvelines</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>D79</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>D8</t>
+        </is>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>D81</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>D82</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>Tarn-et-Garonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>D83</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>D84</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>D85</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>D86</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>D87</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>D88</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr">
+        <is>
+          <t>D89</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>Yonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="inlineStr">
+        <is>
+          <t>D9</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr">
+        <is>
+          <t>D90</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>Territoire de Belfort</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr">
+        <is>
+          <t>D91</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr">
+        <is>
+          <t>D92</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>D93</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>Seine-Saint-Denis</t>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>D94</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>Val-de-Marne</t>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>D95</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Val-d`Oise</t>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>D971</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>Guadeloupe</t>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>D972</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Martinique</t>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>D973</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>D974</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>D975</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Saint Pierre et Miquelon</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>D976</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>Allemagne</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>DJ</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>Djibouti</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>DK</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Danemark</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>DM</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>Dominique</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>DO</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>Dominicaine, République</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>DOM</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>Ensemble des départements d`Outre-Mer</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>DZ</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>Algérie</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>E1</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>E2</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>E3</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>E4</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>E5</t>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>E6</t>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>E7</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>E8</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>E9</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
+          <t>EC</t>
+        </is>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>Équateur</t>
+        </is>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="inlineStr">
+        <is>
+          <t>EE</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>Estonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="inlineStr">
+        <is>
+          <t>EG</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>Égypte</t>
+        </is>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="inlineStr">
+        <is>
+          <t>EH</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>Sahara Occidental</t>
+        </is>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="inlineStr">
+        <is>
+          <t>ER</t>
+        </is>
+      </c>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>Érythrée</t>
+        </is>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="inlineStr">
+        <is>
+          <t>ES</t>
+        </is>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>Espagne</t>
+        </is>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="inlineStr">
+        <is>
+          <t>ET</t>
+        </is>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>Éthiopie</t>
+        </is>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="inlineStr">
+        <is>
+          <t>EU</t>
+        </is>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>Union Européenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="inlineStr">
+        <is>
+          <t>F1</t>
+        </is>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="inlineStr">
+        <is>
+          <t>F2</t>
+        </is>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="inlineStr">
+        <is>
+          <t>F3</t>
+        </is>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="inlineStr">
+        <is>
+          <t>F4</t>
+        </is>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="inlineStr">
+        <is>
+          <t>F5</t>
+        </is>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="inlineStr">
+        <is>
+          <t>F6</t>
+        </is>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="inlineStr">
+        <is>
+          <t>F7</t>
+        </is>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>F8</t>
+        </is>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="inlineStr">
+        <is>
+          <t>F9</t>
+        </is>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="inlineStr">
+        <is>
+          <t>FI</t>
+        </is>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>Finlande</t>
+        </is>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="inlineStr">
+        <is>
+          <t>FJ</t>
+        </is>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>Fidji</t>
+        </is>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="inlineStr">
+        <is>
+          <t>FK</t>
+        </is>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>Falkland, Îles (Malvinas)</t>
+        </is>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="inlineStr">
+        <is>
+          <t>FM</t>
+        </is>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>Micronésie, États Fédérés de</t>
+        </is>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="inlineStr">
+        <is>
+          <t>FO</t>
+        </is>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>Féroé, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="inlineStr">
+        <is>
+          <t>FR</t>
+        </is>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>G1</t>
+        </is>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>G2</t>
+        </is>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="inlineStr">
+        <is>
+          <t>GA</t>
+        </is>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>Gabon</t>
+        </is>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="inlineStr">
+        <is>
+          <t>GB</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>Royaume-Uni</t>
+        </is>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="inlineStr">
+        <is>
+          <t>GD</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>Grenade</t>
+        </is>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>Géorgie</t>
+        </is>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="inlineStr">
+        <is>
+          <t>GF</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>Guyane Française</t>
+        </is>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="inlineStr">
+        <is>
+          <t>GG</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>Guernesey</t>
+        </is>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="inlineStr">
+        <is>
+          <t>GH</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>Ghana</t>
+        </is>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="inlineStr">
+        <is>
+          <t>GI</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>Gibraltar</t>
+        </is>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="inlineStr">
+        <is>
+          <t>GL</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>Groenland</t>
+        </is>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="inlineStr">
+        <is>
+          <t>GM</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>Gambie</t>
+        </is>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="inlineStr">
+        <is>
+          <t>GN</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>Guinée</t>
+        </is>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="inlineStr">
+        <is>
+          <t>GP</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>Guadeloupe (GP)</t>
+        </is>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="inlineStr">
+        <is>
+          <t>GQ</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>Guinée Équatoriale</t>
+        </is>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="inlineStr">
+        <is>
+          <t>GR</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>Grèce</t>
+        </is>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="inlineStr">
+        <is>
+          <t>GS</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>Géorgie du Sud et Les Îles Sandwich du Sud</t>
+        </is>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="inlineStr">
+        <is>
+          <t>GT</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>Guatemala</t>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="inlineStr">
+        <is>
+          <t>GU</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>Guam</t>
+        </is>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="inlineStr">
+        <is>
+          <t>GW</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>Guinée-Bissau</t>
+        </is>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="inlineStr">
+        <is>
+          <t>GY</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>Guyana</t>
+        </is>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="inlineStr">
+        <is>
+          <t>H0</t>
+        </is>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="inlineStr">
+        <is>
+          <t>HK</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>Hong Kong</t>
+        </is>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="inlineStr">
+        <is>
+          <t>HM</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>Heard, Île et Mcdonald, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="inlineStr">
+        <is>
+          <t>HN</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>Honduras</t>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
+          <t>HR</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>Croatie</t>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>HT</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>Haïti</t>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>HU</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>Hongrie</t>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>I1</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>Zone Euro 11 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
+          <t>I2</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>Zone Euro 12 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="inlineStr">
+        <is>
+          <t>I3</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>Zone Euro 13 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="inlineStr">
+        <is>
+          <t>I4</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>Zone Euro 15 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="inlineStr">
+        <is>
+          <t>I5</t>
+        </is>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>Zone Euro 16 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="inlineStr">
+        <is>
+          <t>I6</t>
+        </is>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>Zone Euro 17 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="inlineStr">
+        <is>
+          <t>I7</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>Zone Euro 18 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="inlineStr">
+        <is>
+          <t>I8</t>
+        </is>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>Zone Euro 19 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="inlineStr">
+        <is>
+          <t>I9</t>
+        </is>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>Zone euro 20 (composition fixe) au 1er janvier 2023</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="inlineStr">
+        <is>
+          <t>ID</t>
+        </is>
+      </c>
+      <c r="B371" t="inlineStr">
+        <is>
+          <t>Indonésie</t>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="inlineStr">
+        <is>
+          <t>IE</t>
+        </is>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>Irlande</t>
+        </is>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="inlineStr">
+        <is>
+          <t>IL</t>
+        </is>
+      </c>
+      <c r="B373" t="inlineStr">
+        <is>
+          <t>Israël</t>
+        </is>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="inlineStr">
+        <is>
+          <t>IM</t>
+        </is>
+      </c>
+      <c r="B374" t="inlineStr">
+        <is>
+          <t>Île de Man</t>
+        </is>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" t="inlineStr">
+        <is>
+          <t>IN</t>
+        </is>
+      </c>
+      <c r="B375" t="inlineStr">
+        <is>
+          <t>Inde</t>
+        </is>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" t="inlineStr">
+        <is>
+          <t>IO</t>
+        </is>
+      </c>
+      <c r="B376" t="inlineStr">
+        <is>
+          <t>Océan Indien, Territoire Britannique de L`</t>
+        </is>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" t="inlineStr">
+        <is>
+          <t>IQ</t>
+        </is>
+      </c>
+      <c r="B377" t="inlineStr">
+        <is>
+          <t>Iraq</t>
+        </is>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" t="inlineStr">
+        <is>
+          <t>IR</t>
+        </is>
+      </c>
+      <c r="B378" t="inlineStr">
+        <is>
+          <t>Iran, République Islamique d`</t>
+        </is>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" t="inlineStr">
+        <is>
+          <t>IS</t>
+        </is>
+      </c>
+      <c r="B379" t="inlineStr">
+        <is>
+          <t>Islande</t>
+        </is>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" t="inlineStr">
+        <is>
+          <t>IT</t>
+        </is>
+      </c>
+      <c r="B380" t="inlineStr">
+        <is>
+          <t>Italie</t>
+        </is>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" t="inlineStr">
+        <is>
+          <t>J1</t>
+        </is>
+      </c>
+      <c r="B381" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 11 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" t="inlineStr">
+        <is>
+          <t>J2</t>
+        </is>
+      </c>
+      <c r="B382" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 12 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" t="inlineStr">
+        <is>
+          <t>J3</t>
+        </is>
+      </c>
+      <c r="B383" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 13 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" t="inlineStr">
+        <is>
+          <t>J4</t>
+        </is>
+      </c>
+      <c r="B384" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 15 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" t="inlineStr">
+        <is>
+          <t>J5</t>
+        </is>
+      </c>
+      <c r="B385" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 16 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" t="inlineStr">
+        <is>
+          <t>J6</t>
+        </is>
+      </c>
+      <c r="B386" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro 17 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" t="inlineStr">
+        <is>
+          <t>JE</t>
+        </is>
+      </c>
+      <c r="B387" t="inlineStr">
+        <is>
+          <t>Jersey</t>
+        </is>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" t="inlineStr">
+        <is>
+          <t>JM</t>
+        </is>
+      </c>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>Jamaïque</t>
+        </is>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" t="inlineStr">
+        <is>
+          <t>JO</t>
+        </is>
+      </c>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>Jordanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" t="inlineStr">
+        <is>
+          <t>JP</t>
+        </is>
+      </c>
+      <c r="B390" t="inlineStr">
+        <is>
+          <t>Japon</t>
+        </is>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" t="inlineStr">
+        <is>
+          <t>K1</t>
+        </is>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" t="inlineStr">
+        <is>
+          <t>K2</t>
+        </is>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>K3</t>
+        </is>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>K4</t>
+        </is>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" t="inlineStr">
+        <is>
+          <t>K5</t>
+        </is>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" t="inlineStr">
+        <is>
+          <t>K6</t>
+        </is>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" t="inlineStr">
+        <is>
+          <t>KE</t>
+        </is>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>Kenya</t>
+        </is>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="inlineStr">
+        <is>
+          <t>KG</t>
+        </is>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>Kirghizistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="inlineStr">
+        <is>
+          <t>KH</t>
+        </is>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>Cambodge</t>
+        </is>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr">
+        <is>
+          <t>KI</t>
+        </is>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>Kiribati</t>
+        </is>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" t="inlineStr">
+        <is>
+          <t>KM</t>
+        </is>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>Comores</t>
+        </is>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr">
+        <is>
+          <t>KN</t>
+        </is>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>Saint-Kitts-et-Nevis</t>
+        </is>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr">
+        <is>
+          <t>KP</t>
+        </is>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>Corée, République Populaire Démocratique de</t>
+        </is>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr">
+        <is>
+          <t>KR</t>
+        </is>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>Corée, République de</t>
+        </is>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" t="inlineStr">
+        <is>
+          <t>KW</t>
+        </is>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>Koweït</t>
+        </is>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" t="inlineStr">
+        <is>
+          <t>KY</t>
+        </is>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>Caïmanes, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" t="inlineStr">
+        <is>
+          <t>KZ</t>
+        </is>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>Kazakhstan</t>
+        </is>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" t="inlineStr">
+        <is>
+          <t>L0</t>
+        </is>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>Autres états membres de la zone Euro (tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="inlineStr">
+        <is>
+          <t>L1</t>
+        </is>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 11 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="inlineStr">
+        <is>
+          <t>L2</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 12 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="inlineStr">
+        <is>
+          <t>L3</t>
+        </is>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 13 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="inlineStr">
+        <is>
+          <t>L4</t>
+        </is>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 15 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="inlineStr">
+        <is>
+          <t>L5</t>
+        </is>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 16 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="inlineStr">
+        <is>
+          <t>L6</t>
+        </is>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>Autres états membres de la Zone Euro 17 (Composition fixe - tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="inlineStr">
+        <is>
+          <t>LA</t>
+        </is>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>Lao, République Démocratique Populaire</t>
+        </is>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="inlineStr">
+        <is>
+          <t>LB</t>
+        </is>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>Liban</t>
+        </is>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr">
+        <is>
+          <t>LC</t>
+        </is>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>Sainte-Lucie</t>
+        </is>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="inlineStr">
+        <is>
+          <t>LI</t>
+        </is>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>Liechtenstein</t>
+        </is>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="inlineStr">
+        <is>
+          <t>LK</t>
+        </is>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>Sri Lanka</t>
+        </is>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="inlineStr">
+        <is>
+          <t>LR</t>
+        </is>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>Libéria</t>
+        </is>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="inlineStr">
+        <is>
+          <t>LS</t>
+        </is>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>Lesotho</t>
+        </is>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" t="inlineStr">
+        <is>
+          <t>LT</t>
+        </is>
+      </c>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>Lituanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" t="inlineStr">
+        <is>
+          <t>LU</t>
+        </is>
+      </c>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" t="inlineStr">
+        <is>
+          <t>LV</t>
+        </is>
+      </c>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>Lettonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" t="inlineStr">
+        <is>
+          <t>LY</t>
+        </is>
+      </c>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>Libyenne, Jamahiriya Arabe</t>
+        </is>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" t="inlineStr">
+        <is>
+          <t>M0</t>
+        </is>
+      </c>
+      <c r="B426" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 15 et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" t="inlineStr">
+        <is>
+          <t>M1</t>
+        </is>
+      </c>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 11 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" t="inlineStr">
+        <is>
+          <t>M2</t>
+        </is>
+      </c>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 12 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" t="inlineStr">
+        <is>
+          <t>M3</t>
+        </is>
+      </c>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 13 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="B430" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 15 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr">
+        <is>
+          <t>M5</t>
+        </is>
+      </c>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 16 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro 17 (Composition fixe) et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" t="inlineStr">
+        <is>
+          <t>MA</t>
+        </is>
+      </c>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>Maroc</t>
+        </is>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" t="inlineStr">
+        <is>
+          <t>MC</t>
+        </is>
+      </c>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>Monaco</t>
+        </is>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" t="inlineStr">
+        <is>
+          <t>MD</t>
+        </is>
+      </c>
+      <c r="B435" t="inlineStr">
+        <is>
+          <t>Moldova, Républic de</t>
+        </is>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" t="inlineStr">
+        <is>
+          <t>ME</t>
+        </is>
+      </c>
+      <c r="B436" t="inlineStr">
+        <is>
+          <t>Monténégro</t>
+        </is>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" t="inlineStr">
+        <is>
+          <t>MF</t>
+        </is>
+      </c>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>Saint-Martin</t>
+        </is>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" t="inlineStr">
+        <is>
+          <t>MG</t>
+        </is>
+      </c>
+      <c r="B438" t="inlineStr">
+        <is>
+          <t>Madagascar</t>
+        </is>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" t="inlineStr">
+        <is>
+          <t>MH</t>
+        </is>
+      </c>
+      <c r="B439" t="inlineStr">
+        <is>
+          <t>Marshall, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" t="inlineStr">
+        <is>
+          <t>MK</t>
+        </is>
+      </c>
+      <c r="B440" t="inlineStr">
+        <is>
+          <t>Macédoine, L`Ex-République Yougoslave de</t>
+        </is>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" t="inlineStr">
+        <is>
+          <t>ML</t>
+        </is>
+      </c>
+      <c r="B441" t="inlineStr">
+        <is>
+          <t>Mali</t>
+        </is>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" t="inlineStr">
+        <is>
+          <t>MM</t>
+        </is>
+      </c>
+      <c r="B442" t="inlineStr">
+        <is>
+          <t>Myanmar</t>
+        </is>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" t="inlineStr">
+        <is>
+          <t>MN</t>
+        </is>
+      </c>
+      <c r="B443" t="inlineStr">
+        <is>
+          <t>Mongolie</t>
+        </is>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" t="inlineStr">
+        <is>
+          <t>MO</t>
+        </is>
+      </c>
+      <c r="B444" t="inlineStr">
+        <is>
+          <t>Macao</t>
+        </is>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" t="inlineStr">
+        <is>
+          <t>MP</t>
+        </is>
+      </c>
+      <c r="B445" t="inlineStr">
+        <is>
+          <t>Mariannes du Nord, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" t="inlineStr">
+        <is>
+          <t>MQ</t>
+        </is>
+      </c>
+      <c r="B446" t="inlineStr">
+        <is>
+          <t>Martinique (MQ)</t>
+        </is>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" t="inlineStr">
+        <is>
+          <t>MR</t>
+        </is>
+      </c>
+      <c r="B447" t="inlineStr">
+        <is>
+          <t>Mauritanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="inlineStr">
+        <is>
+          <t>MS</t>
+        </is>
+      </c>
+      <c r="B448" t="inlineStr">
+        <is>
+          <t>Montserrat</t>
+        </is>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" t="inlineStr">
+        <is>
+          <t>MT</t>
+        </is>
+      </c>
+      <c r="B449" t="inlineStr">
+        <is>
+          <t>Malte</t>
+        </is>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" t="inlineStr">
+        <is>
+          <t>MU</t>
+        </is>
+      </c>
+      <c r="B450" t="inlineStr">
+        <is>
+          <t>Maurice</t>
+        </is>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" t="inlineStr">
+        <is>
+          <t>MV</t>
+        </is>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>Maldives</t>
+        </is>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" t="inlineStr">
+        <is>
+          <t>MW</t>
+        </is>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>Malawi</t>
+        </is>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" t="inlineStr">
+        <is>
+          <t>MX</t>
+        </is>
+      </c>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>Mexique</t>
+        </is>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B454" t="inlineStr">
+        <is>
+          <t>Malaisie</t>
+        </is>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" t="inlineStr">
+        <is>
+          <t>MZ</t>
+        </is>
+      </c>
+      <c r="B455" t="inlineStr">
+        <is>
+          <t>Mozambique</t>
+        </is>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="inlineStr">
+        <is>
+          <t>N0</t>
+        </is>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="inlineStr">
+        <is>
+          <t>N01</t>
+        </is>
+      </c>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>France Métropolitaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="inlineStr">
+        <is>
+          <t>N0T</t>
+        </is>
+      </c>
+      <c r="B458" t="inlineStr">
+        <is>
+          <t>National</t>
+        </is>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" t="inlineStr">
+        <is>
+          <t>N1</t>
+        </is>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" t="inlineStr">
+        <is>
+          <t>N2</t>
+        </is>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" t="inlineStr">
+        <is>
+          <t>N3</t>
+        </is>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" t="inlineStr">
+        <is>
+          <t>N4</t>
+        </is>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" t="inlineStr">
+        <is>
+          <t>N5</t>
+        </is>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" t="inlineStr">
+        <is>
+          <t>N6</t>
+        </is>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" t="inlineStr">
+        <is>
+          <t>NA</t>
+        </is>
+      </c>
+      <c r="B465" t="inlineStr">
+        <is>
+          <t>Namibie</t>
+        </is>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" t="inlineStr">
+        <is>
+          <t>NC</t>
+        </is>
+      </c>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>Nouvelle-Calédonie</t>
+        </is>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" t="inlineStr">
+        <is>
+          <t>NE</t>
+        </is>
+      </c>
+      <c r="B467" t="inlineStr">
+        <is>
+          <t>Niger</t>
+        </is>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" t="inlineStr">
+        <is>
+          <t>NF</t>
+        </is>
+      </c>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>Norfolk, Île</t>
+        </is>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="inlineStr">
+        <is>
+          <t>NG</t>
+        </is>
+      </c>
+      <c r="B469" t="inlineStr">
+        <is>
+          <t>Nigéria</t>
+        </is>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>Nicaragua</t>
+        </is>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="inlineStr">
+        <is>
+          <t>NL</t>
+        </is>
+      </c>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>Pays-Bas</t>
+        </is>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>Norvège</t>
+        </is>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" t="inlineStr">
+        <is>
+          <t>NP</t>
+        </is>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>Népal</t>
+        </is>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" t="inlineStr">
+        <is>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="B474" t="inlineStr">
+        <is>
+          <t>Nauru</t>
+        </is>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" t="inlineStr">
+        <is>
+          <t>NU</t>
+        </is>
+      </c>
+      <c r="B475" t="inlineStr">
+        <is>
+          <t>Niué</t>
+        </is>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" t="inlineStr">
+        <is>
+          <t>NZ</t>
+        </is>
+      </c>
+      <c r="B476" t="inlineStr">
+        <is>
+          <t>Nouvelle-Zélande</t>
+        </is>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" t="inlineStr">
+        <is>
+          <t>O1</t>
+        </is>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" t="inlineStr">
+        <is>
+          <t>O2</t>
+        </is>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" t="inlineStr">
+        <is>
+          <t>O3</t>
+        </is>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" t="inlineStr">
+        <is>
+          <t>O4</t>
+        </is>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" t="inlineStr">
+        <is>
+          <t>O5</t>
+        </is>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" t="inlineStr">
+        <is>
+          <t>O6</t>
+        </is>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" t="inlineStr">
+        <is>
+          <t>OM</t>
+        </is>
+      </c>
+      <c r="B483" t="inlineStr">
+        <is>
+          <t>Oman</t>
+        </is>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" t="inlineStr">
+        <is>
+          <t>P1</t>
+        </is>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" t="inlineStr">
+        <is>
+          <t>P2</t>
+        </is>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" t="inlineStr">
+        <is>
+          <t>P3</t>
+        </is>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" t="inlineStr">
+        <is>
+          <t>P4</t>
+        </is>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" t="inlineStr">
+        <is>
+          <t>P5</t>
+        </is>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" t="inlineStr">
+        <is>
+          <t>P6</t>
+        </is>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" t="inlineStr">
+        <is>
+          <t>PA</t>
+        </is>
+      </c>
+      <c r="B490" t="inlineStr">
+        <is>
+          <t>Panama</t>
+        </is>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" t="inlineStr">
+        <is>
+          <t>PE</t>
+        </is>
+      </c>
+      <c r="B491" t="inlineStr">
+        <is>
+          <t>Pérou</t>
+        </is>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" t="inlineStr">
+        <is>
+          <t>PF</t>
+        </is>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>Polynésie Française</t>
+        </is>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" t="inlineStr">
+        <is>
+          <t>PG</t>
+        </is>
+      </c>
+      <c r="B493" t="inlineStr">
+        <is>
+          <t>Papouasie-Nouvelle-Guinée</t>
+        </is>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="B494" t="inlineStr">
+        <is>
+          <t>Philippines</t>
+        </is>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" t="inlineStr">
+        <is>
+          <t>PK</t>
+        </is>
+      </c>
+      <c r="B495" t="inlineStr">
+        <is>
+          <t>Pakistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="B496" t="inlineStr">
+        <is>
+          <t>Pologne</t>
+        </is>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" t="inlineStr">
+        <is>
+          <t>PM</t>
+        </is>
+      </c>
+      <c r="B497" t="inlineStr">
+        <is>
+          <t>Saint-Pierre-et-Miquelon</t>
+        </is>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="B498" t="inlineStr">
+        <is>
+          <t>Pitcairn</t>
+        </is>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" t="inlineStr">
+        <is>
+          <t>PR</t>
+        </is>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>Porto Rico</t>
+        </is>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" t="inlineStr">
+        <is>
+          <t>PS</t>
+        </is>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>Palestinien Occupé, Territoire</t>
+        </is>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>Portugal</t>
+        </is>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>Palaos</t>
+        </is>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" t="inlineStr">
+        <is>
+          <t>PY</t>
+        </is>
+      </c>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>Paraguay</t>
+        </is>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" t="inlineStr">
+        <is>
+          <t>QA</t>
+        </is>
+      </c>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>Qatar</t>
+        </is>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" t="inlineStr">
+        <is>
+          <t>R01</t>
+        </is>
+      </c>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>Guadeloupe - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" t="inlineStr">
+        <is>
+          <t>R02</t>
+        </is>
+      </c>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>Martinique - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" t="inlineStr">
+        <is>
+          <t>R03</t>
+        </is>
+      </c>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>Guyane - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" t="inlineStr">
+        <is>
+          <t>R04</t>
+        </is>
+      </c>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>Réunion - Région</t>
+        </is>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" t="inlineStr">
+        <is>
+          <t>R1</t>
+        </is>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" t="inlineStr">
+        <is>
+          <t>R11</t>
+        </is>
+      </c>
+      <c r="B510" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" t="inlineStr">
+        <is>
+          <t>R2</t>
+        </is>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" t="inlineStr">
+        <is>
+          <t>R21</t>
+        </is>
+      </c>
+      <c r="B512" t="inlineStr">
+        <is>
+          <t>Champagne-Ardenne</t>
+        </is>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" t="inlineStr">
+        <is>
+          <t>R22</t>
+        </is>
+      </c>
+      <c r="B513" t="inlineStr">
+        <is>
+          <t>Picardie</t>
+        </is>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" t="inlineStr">
+        <is>
+          <t>R23</t>
+        </is>
+      </c>
+      <c r="B514" t="inlineStr">
+        <is>
+          <t>Haute-Normandie</t>
+        </is>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" t="inlineStr">
+        <is>
+          <t>R24</t>
+        </is>
+      </c>
+      <c r="B515" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" t="inlineStr">
+        <is>
+          <t>R25</t>
+        </is>
+      </c>
+      <c r="B516" t="inlineStr">
+        <is>
+          <t>Basse-Normandie</t>
+        </is>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" t="inlineStr">
+        <is>
+          <t>R26</t>
+        </is>
+      </c>
+      <c r="B517" t="inlineStr">
+        <is>
+          <t>Bourgogne</t>
+        </is>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" t="inlineStr">
+        <is>
+          <t>R27</t>
+        </is>
+      </c>
+      <c r="B518" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" t="inlineStr">
+        <is>
+          <t>R28</t>
+        </is>
+      </c>
+      <c r="B519" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" t="inlineStr">
+        <is>
+          <t>R31</t>
+        </is>
+      </c>
+      <c r="B520" t="inlineStr">
+        <is>
+          <t>Nord-Pas-de-Calais</t>
+        </is>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="B521" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="inlineStr">
+        <is>
+          <t>R41</t>
+        </is>
+      </c>
+      <c r="B522" t="inlineStr">
+        <is>
+          <t>Lorraine</t>
+        </is>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" t="inlineStr">
+        <is>
+          <t>R42</t>
+        </is>
+      </c>
+      <c r="B523" t="inlineStr">
+        <is>
+          <t>Alsace</t>
+        </is>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" t="inlineStr">
+        <is>
+          <t>R43</t>
+        </is>
+      </c>
+      <c r="B524" t="inlineStr">
+        <is>
+          <t>Franche-Comte</t>
+        </is>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" t="inlineStr">
+        <is>
+          <t>R44</t>
+        </is>
+      </c>
+      <c r="B525" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" t="inlineStr">
+        <is>
+          <t>R52</t>
+        </is>
+      </c>
+      <c r="B526" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" t="inlineStr">
+        <is>
+          <t>R53</t>
+        </is>
+      </c>
+      <c r="B527" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" t="inlineStr">
+        <is>
+          <t>R54</t>
+        </is>
+      </c>
+      <c r="B528" t="inlineStr">
+        <is>
+          <t>Poitou-Charentes</t>
+        </is>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" t="inlineStr">
+        <is>
+          <t>R6</t>
+        </is>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" t="inlineStr">
+        <is>
+          <t>R7</t>
+        </is>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" t="inlineStr">
+        <is>
+          <t>R72</t>
+        </is>
+      </c>
+      <c r="B531" t="inlineStr">
+        <is>
+          <t>Aquitaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="inlineStr">
+        <is>
+          <t>R73</t>
+        </is>
+      </c>
+      <c r="B532" t="inlineStr">
+        <is>
+          <t>Midi-Pyrénées</t>
+        </is>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="inlineStr">
+        <is>
+          <t>R74</t>
+        </is>
+      </c>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>Limousin</t>
+        </is>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" t="inlineStr">
+        <is>
+          <t>R75</t>
+        </is>
+      </c>
+      <c r="B534" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" t="inlineStr">
+        <is>
+          <t>R76</t>
+        </is>
+      </c>
+      <c r="B535" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" t="inlineStr">
+        <is>
+          <t>R8</t>
+        </is>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" t="inlineStr">
+        <is>
+          <t>R82</t>
+        </is>
+      </c>
+      <c r="B537" t="inlineStr">
+        <is>
+          <t>Rhône-Alpes</t>
+        </is>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" t="inlineStr">
+        <is>
+          <t>R83</t>
+        </is>
+      </c>
+      <c r="B538" t="inlineStr">
+        <is>
+          <t>Auvergne</t>
+        </is>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" t="inlineStr">
+        <is>
+          <t>R84</t>
+        </is>
+      </c>
+      <c r="B539" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" t="inlineStr">
+        <is>
+          <t>R91</t>
+        </is>
+      </c>
+      <c r="B540" t="inlineStr">
+        <is>
+          <t>Languedoc-Roussillon</t>
+        </is>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" t="inlineStr">
+        <is>
+          <t>R93</t>
+        </is>
+      </c>
+      <c r="B541" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" t="inlineStr">
+        <is>
+          <t>R94</t>
+        </is>
+      </c>
+      <c r="B542" t="inlineStr">
+        <is>
+          <t>Corse</t>
+        </is>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="inlineStr">
+        <is>
+          <t>R97</t>
+        </is>
+      </c>
+      <c r="B543" t="inlineStr">
+        <is>
+          <t>DOM et Mayotte</t>
+        </is>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="inlineStr">
+        <is>
+          <t>RE</t>
+        </is>
+      </c>
+      <c r="B544" t="inlineStr">
+        <is>
+          <t>Réunion (RE)</t>
+        </is>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="inlineStr">
+        <is>
+          <t>RO</t>
+        </is>
+      </c>
+      <c r="B545" t="inlineStr">
+        <is>
+          <t>Roumanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="inlineStr">
+        <is>
+          <t>RS</t>
+        </is>
+      </c>
+      <c r="B546" t="inlineStr">
+        <is>
+          <t>Serbie</t>
+        </is>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="inlineStr">
+        <is>
+          <t>RU</t>
+        </is>
+      </c>
+      <c r="B547" t="inlineStr">
+        <is>
+          <t>Russie, Fédération de</t>
+        </is>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="inlineStr">
+        <is>
+          <t>RW</t>
+        </is>
+      </c>
+      <c r="B548" t="inlineStr">
+        <is>
+          <t>Rwanda</t>
+        </is>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="inlineStr">
+        <is>
+          <t>S1</t>
+        </is>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="inlineStr">
+        <is>
+          <t>S1312</t>
+        </is>
+      </c>
+      <c r="B550" t="inlineStr">
+        <is>
+          <t>Administrations d’États fédérés</t>
+        </is>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="inlineStr">
+        <is>
+          <t>S2</t>
+        </is>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="inlineStr">
+        <is>
+          <t>S3</t>
+        </is>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="inlineStr">
+        <is>
+          <t>S4</t>
+        </is>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="inlineStr">
+        <is>
+          <t>S5</t>
+        </is>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="inlineStr">
+        <is>
+          <t>S6</t>
+        </is>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="inlineStr">
+        <is>
+          <t>SA</t>
+        </is>
+      </c>
+      <c r="B556" t="inlineStr">
+        <is>
+          <t>Arabie Saoudite</t>
+        </is>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="inlineStr">
+        <is>
+          <t>SB</t>
+        </is>
+      </c>
+      <c r="B557" t="inlineStr">
+        <is>
+          <t>Salomon, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="B558" t="inlineStr">
+        <is>
+          <t>Seychelles</t>
+        </is>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" t="inlineStr">
+        <is>
+          <t>SD</t>
+        </is>
+      </c>
+      <c r="B559" t="inlineStr">
+        <is>
+          <t>Soudan</t>
+        </is>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" t="inlineStr">
+        <is>
+          <t>SE</t>
+        </is>
+      </c>
+      <c r="B560" t="inlineStr">
+        <is>
+          <t>Suède</t>
+        </is>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" t="inlineStr">
+        <is>
+          <t>SG</t>
+        </is>
+      </c>
+      <c r="B561" t="inlineStr">
+        <is>
+          <t>Singapour</t>
+        </is>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="B562" t="inlineStr">
+        <is>
+          <t>Sainte-Hélène, Ascension et Tristan Da Cunha</t>
+        </is>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" t="inlineStr">
+        <is>
+          <t>SI</t>
+        </is>
+      </c>
+      <c r="B563" t="inlineStr">
+        <is>
+          <t>Slovénie</t>
+        </is>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" t="inlineStr">
+        <is>
+          <t>SJ</t>
+        </is>
+      </c>
+      <c r="B564" t="inlineStr">
+        <is>
+          <t>Svalbard et Île Jan Mayen</t>
+        </is>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" t="inlineStr">
+        <is>
+          <t>SK</t>
+        </is>
+      </c>
+      <c r="B565" t="inlineStr">
+        <is>
+          <t>Slovaquie</t>
+        </is>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>SL</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Sierra Leone</t>
+        </is>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>SM</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Saint-Marin</t>
+        </is>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>SN</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>Sénégal</t>
+        </is>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" t="inlineStr">
+        <is>
+          <t>SO</t>
+        </is>
+      </c>
+      <c r="B569" t="inlineStr">
+        <is>
+          <t>Somalie</t>
+        </is>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" t="inlineStr">
+        <is>
+          <t>SR</t>
+        </is>
+      </c>
+      <c r="B570" t="inlineStr">
+        <is>
+          <t>Suriname</t>
+        </is>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" t="inlineStr">
+        <is>
+          <t>ST</t>
+        </is>
+      </c>
+      <c r="B571" t="inlineStr">
+        <is>
+          <t>Sao Tomé-et-Principe</t>
+        </is>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" t="inlineStr">
+        <is>
+          <t>SV</t>
+        </is>
+      </c>
+      <c r="B572" t="inlineStr">
+        <is>
+          <t>El Salvador</t>
+        </is>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" t="inlineStr">
+        <is>
+          <t>SX</t>
+        </is>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="inlineStr">
+        <is>
+          <t>SY</t>
+        </is>
+      </c>
+      <c r="B574" t="inlineStr">
+        <is>
+          <t>Syrienne, République Arabe</t>
+        </is>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="inlineStr">
+        <is>
+          <t>SZ</t>
+        </is>
+      </c>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>Swaziland</t>
+        </is>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="inlineStr">
+        <is>
+          <t>T1</t>
+        </is>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="inlineStr">
+        <is>
+          <t>T2</t>
+        </is>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="B578" t="inlineStr">
+        <is>
+          <t>Turks et Caïques, Îles</t>
+        </is>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" t="inlineStr">
+        <is>
+          <t>TD</t>
+        </is>
+      </c>
+      <c r="B579" t="inlineStr">
+        <is>
+          <t>Tchad</t>
+        </is>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" t="inlineStr">
+        <is>
+          <t>TF</t>
+        </is>
+      </c>
+      <c r="B580" t="inlineStr">
+        <is>
+          <t>Terres Australes Françaises</t>
+        </is>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" t="inlineStr">
+        <is>
+          <t>TG</t>
+        </is>
+      </c>
+      <c r="B581" t="inlineStr">
+        <is>
+          <t>Togo</t>
+        </is>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="inlineStr">
+        <is>
+          <t>TH</t>
+        </is>
+      </c>
+      <c r="B582" t="inlineStr">
+        <is>
+          <t>Thaïlande</t>
+        </is>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="inlineStr">
+        <is>
+          <t>TJ</t>
+        </is>
+      </c>
+      <c r="B583" t="inlineStr">
+        <is>
+          <t>Tadjikistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="inlineStr">
+        <is>
+          <t>TK</t>
+        </is>
+      </c>
+      <c r="B584" t="inlineStr">
+        <is>
+          <t>Tokelau</t>
+        </is>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="inlineStr">
+        <is>
+          <t>TL</t>
+        </is>
+      </c>
+      <c r="B585" t="inlineStr">
+        <is>
+          <t>Timor-Leste</t>
+        </is>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>Turkménistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="inlineStr">
+        <is>
+          <t>TN</t>
+        </is>
+      </c>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Tunisie</t>
+        </is>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="inlineStr">
+        <is>
+          <t>TO</t>
+        </is>
+      </c>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>Tonga</t>
+        </is>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="inlineStr">
+        <is>
+          <t>TR</t>
+        </is>
+      </c>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>Turquie</t>
+        </is>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="inlineStr">
+        <is>
+          <t>TT</t>
+        </is>
+      </c>
+      <c r="B590" t="inlineStr">
+        <is>
+          <t>Trinité-et-Tobago</t>
+        </is>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="inlineStr">
+        <is>
+          <t>TV</t>
+        </is>
+      </c>
+      <c r="B591" t="inlineStr">
+        <is>
+          <t>Tuvalu</t>
+        </is>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="inlineStr">
+        <is>
+          <t>TW</t>
+        </is>
+      </c>
+      <c r="B592" t="inlineStr">
+        <is>
+          <t>Taïwan, Province de Chine</t>
+        </is>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="inlineStr">
+        <is>
+          <t>TZ</t>
+        </is>
+      </c>
+      <c r="B593" t="inlineStr">
+        <is>
+          <t>Tanzanie, République-Unie de</t>
+        </is>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="inlineStr">
+        <is>
+          <t>U0</t>
+        </is>
+      </c>
+      <c r="B594" t="inlineStr">
+        <is>
+          <t>Excepté Zone Euro et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr">
+        <is>
+          <t>U2</t>
+        </is>
+      </c>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>Zone Euro (composition évolutive)</t>
+        </is>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr">
+        <is>
+          <t>U3</t>
+        </is>
+      </c>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>Etats de l`Union Européenne n`appartenant pas à la Zone Euro</t>
+        </is>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr">
+        <is>
+          <t>U4</t>
+        </is>
+      </c>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>Hors Zone Euro</t>
+        </is>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr">
+        <is>
+          <t>U5</t>
+        </is>
+      </c>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>Autres pays de la Zone Euro (Tous pays excepté zone de référence)</t>
+        </is>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr">
+        <is>
+          <t>U6</t>
+        </is>
+      </c>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>Résidents</t>
+        </is>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr">
+        <is>
+          <t>U7</t>
+        </is>
+      </c>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>Zone Euro et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr">
+        <is>
+          <t>U8</t>
+        </is>
+      </c>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Zone Euro et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr">
+        <is>
+          <t>U9</t>
+        </is>
+      </c>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>Toutes zones autres que Union Européenne et zone de référence</t>
+        </is>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr">
+        <is>
+          <t>UA</t>
+        </is>
+      </c>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
+        </is>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr">
+        <is>
+          <t>UG</t>
+        </is>
+      </c>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Ouganda</t>
+        </is>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr">
+        <is>
+          <t>UM</t>
+        </is>
+      </c>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>Îles Mineures Éloignées des États-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="inlineStr">
+        <is>
+          <t>US</t>
+        </is>
+      </c>
+      <c r="B606" t="inlineStr">
+        <is>
+          <t>États-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" t="inlineStr">
+        <is>
+          <t>UY</t>
+        </is>
+      </c>
+      <c r="B607" t="inlineStr">
+        <is>
+          <t>Uruguay</t>
+        </is>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" t="inlineStr">
+        <is>
+          <t>UZ</t>
+        </is>
+      </c>
+      <c r="B608" t="inlineStr">
+        <is>
+          <t>Ouzbékistan</t>
+        </is>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" t="inlineStr">
+        <is>
+          <t>V1</t>
+        </is>
+      </c>
+      <c r="B609" t="inlineStr">
+        <is>
+          <t>Zone Euro 27 (Composition fixe)</t>
+        </is>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" t="inlineStr">
+        <is>
+          <t>V2</t>
+        </is>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" t="inlineStr">
+        <is>
+          <t>VA</t>
+        </is>
+      </c>
+      <c r="B611" t="inlineStr">
+        <is>
+          <t>Vatican, État de La Cité du</t>
+        </is>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" t="inlineStr">
+        <is>
+          <t>VC</t>
+        </is>
+      </c>
+      <c r="B612" t="inlineStr">
+        <is>
+          <t>Saint-Vincent-et-Les Grenadines</t>
+        </is>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" t="inlineStr">
+        <is>
+          <t>VE</t>
+        </is>
+      </c>
+      <c r="B613" t="inlineStr">
+        <is>
+          <t>Venezuela, République Bolivarienne du</t>
+        </is>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" t="inlineStr">
+        <is>
+          <t>VG</t>
+        </is>
+      </c>
+      <c r="B614" t="inlineStr">
+        <is>
+          <t>Îles Vierges Britanniques</t>
+        </is>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" t="inlineStr">
+        <is>
+          <t>VI</t>
+        </is>
+      </c>
+      <c r="B615" t="inlineStr">
+        <is>
+          <t>Îles Vierges des États-Unis</t>
+        </is>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" t="inlineStr">
+        <is>
+          <t>VN</t>
+        </is>
+      </c>
+      <c r="B616" t="inlineStr">
+        <is>
+          <t>Viet Nam</t>
+        </is>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" t="inlineStr">
+        <is>
+          <t>VU</t>
+        </is>
+      </c>
+      <c r="B617" t="inlineStr">
+        <is>
+          <t>Vanuatu</t>
+        </is>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" t="inlineStr">
+        <is>
+          <t>W0</t>
+        </is>
+      </c>
+      <c r="B618" t="inlineStr">
+        <is>
+          <t>Intra-UE (Composition changeante) non alloué</t>
+        </is>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" t="inlineStr">
+        <is>
+          <t>W1</t>
+        </is>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" t="inlineStr">
+        <is>
+          <t>W2</t>
+        </is>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" t="inlineStr">
+        <is>
+          <t>W4</t>
+        </is>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" t="inlineStr">
+        <is>
+          <t>W5</t>
+        </is>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" t="inlineStr">
+        <is>
+          <t>W6</t>
+        </is>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" t="inlineStr">
+        <is>
+          <t>W7</t>
+        </is>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" t="inlineStr">
+        <is>
+          <t>W8</t>
+        </is>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>W9</t>
+        </is>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>WF</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>Wallis et Futuna</t>
+        </is>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>WS</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
+        <is>
+          <t>Samoa</t>
+        </is>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" t="inlineStr">
+        <is>
+          <t>X0</t>
+        </is>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" t="inlineStr">
+        <is>
+          <t>XD</t>
+        </is>
+      </c>
+      <c r="B630" t="inlineStr">
+        <is>
+          <t>DOM France</t>
+        </is>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" t="inlineStr">
+        <is>
+          <t>XG</t>
+        </is>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" t="inlineStr">
+        <is>
+          <t>XK</t>
+        </is>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" t="inlineStr">
+        <is>
+          <t>YE</t>
+        </is>
+      </c>
+      <c r="B633" t="inlineStr">
+        <is>
+          <t>Yémen</t>
+        </is>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" t="inlineStr">
+        <is>
+          <t>YT</t>
+        </is>
+      </c>
+      <c r="B634" t="inlineStr">
+        <is>
+          <t>Mayotte</t>
+        </is>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" t="inlineStr">
+        <is>
+          <t>YU</t>
+        </is>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" t="inlineStr">
+        <is>
+          <t>Z0</t>
+        </is>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" t="inlineStr">
+        <is>
+          <t>Z1</t>
+        </is>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" t="inlineStr">
+        <is>
+          <t>Z2</t>
+        </is>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" t="inlineStr">
+        <is>
+          <t>Z3</t>
+        </is>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" t="inlineStr">
+        <is>
+          <t>Z4</t>
+        </is>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" t="inlineStr">
+        <is>
+          <t>Z5</t>
+        </is>
+      </c>
+      <c r="B641" t="inlineStr">
+        <is>
+          <t>Monde non ventilé (geographiquement)</t>
+        </is>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" t="inlineStr">
+        <is>
+          <t>Z6</t>
+        </is>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" t="inlineStr">
+        <is>
+          <t>Z7</t>
+        </is>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" t="inlineStr">
+        <is>
+          <t>Z8</t>
+        </is>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" t="inlineStr">
+        <is>
+          <t>Z9</t>
+        </is>
+      </c>
+      <c r="B645" t="inlineStr">
+        <is>
+          <t>Reste du Monde</t>
+        </is>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" t="inlineStr">
+        <is>
+          <t>ZA</t>
+        </is>
+      </c>
+      <c r="B646" t="inlineStr">
+        <is>
+          <t>Afrique du Sud</t>
+        </is>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" t="inlineStr">
+        <is>
+          <t>ZM</t>
+        </is>
+      </c>
+      <c r="B647" t="inlineStr">
+        <is>
+          <t>Zambie</t>
+        </is>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" t="inlineStr">
+        <is>
+          <t>ZW</t>
+        </is>
+      </c>
+      <c r="B648" t="inlineStr">
+        <is>
+          <t>Zimbabwe</t>
+        </is>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" t="inlineStr">
+        <is>
+          <t>ZZ</t>
+        </is>
+      </c>
+      <c r="B649" t="inlineStr">
+        <is>
+          <t>Autres pays européens</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>