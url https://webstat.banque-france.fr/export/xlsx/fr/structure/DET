--- v1 (2026-01-03)
+++ v2 (2026-01-24)
@@ -552,72 +552,72 @@
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Compte</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>MUFA_VALUATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Valorisation des titres</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>COUNT_AREA</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>DATA_TYPE_BOP</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Type de donnees BDP, flux et position</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>ESA95TP_DENOM</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Unité de mesure</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -775,50 +775,55 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ESA95TP_DENOM</t>
         </is>
       </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Unité de mesure</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
@@ -1114,50 +1119,55 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B308"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Unité</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
@@ -13272,50 +13282,55 @@
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Unité</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>DECIMALS</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Nombre de décimales</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>UNIT_MULT</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Magnitude</t>
         </is>
       </c>
     </row>
@@ -21314,55 +21329,50 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B649"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>COUNT_AREA</t>
         </is>
       </c>
-      <c r="B1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">