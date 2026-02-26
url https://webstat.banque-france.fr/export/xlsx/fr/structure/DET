--- v2 (2026-01-24)
+++ v3 (2026-02-26)
@@ -571,55 +571,50 @@
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>COUNT_AREA</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>DATA_TYPE_BOP</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Type de donnees BDP, flux et position</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>ESA95TP_DENOM</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>DATA_TYPE_BOP</t>
         </is>
@@ -775,55 +770,50 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ESA95TP_DENOM</t>
         </is>
       </c>
-      <c r="B1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
@@ -1105,51 +1095,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Z</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B308"/>
+  <dimension ref="A1:B310"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Unité</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -2502,2250 +2492,2274 @@
         <is>
           <t>ISK</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Couronne Islandaise</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>ITL</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Lire Italienne</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>JEP</t>
+          <t>IX</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Index</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>JMD</t>
-[...4 lines deleted...]
-          <t>Dollar Jamaïcain</t>
+          <t>JEP</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>JOD</t>
+          <t>JMD</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Dinar Jordanien</t>
+          <t>Dollar Jamaïcain</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>JPY</t>
+          <t>JOD</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Yen</t>
+          <t>Dinar Jordanien</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>JRACH</t>
+          <t>JPY</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Jours d'achats</t>
+          <t>Yen</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>JRCA</t>
+          <t>JRACH</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Jours de chiffre d'affaires</t>
+          <t>Jours d'achats</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>KES</t>
+          <t>JRCA</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Shilling du Kenya</t>
+          <t>Jours de chiffre d'affaires</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>KGS</t>
+          <t>KES</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Som</t>
+          <t>Shilling du Kenya</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>KHR</t>
+          <t>KGS</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Riel</t>
+          <t>Som</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>KILO</t>
+          <t>KHR</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Kilogrammes</t>
+          <t>Riel</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>KLITRE</t>
+          <t>KILO</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Kilolitres</t>
+          <t>Kilogrammes</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>KMF</t>
+          <t>KLITRE</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Franc des Comores</t>
+          <t>Kilolitres</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>KPW</t>
+          <t>KMF</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Won de La Coree du Nord</t>
+          <t>Franc des Comores</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>KRW</t>
+          <t>KPW</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Won</t>
+          <t>Won de La Coree du Nord</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>KWD</t>
+          <t>KRW</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Dinar Koweïtien</t>
+          <t>Won</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>KYD</t>
+          <t>KWD</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Dollar des Caïmanes</t>
+          <t>Dinar Koweïtien</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>KZT</t>
+          <t>KYD</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Tenge</t>
+          <t>Dollar des Caïmanes</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>LAK</t>
+          <t>KZT</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Kip</t>
+          <t>Tenge</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>LBP</t>
+          <t>LAK</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Livre Libanaise</t>
+          <t>Kip</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>LIF</t>
+          <t>LBP</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Franc Suisse - Liechtenstein</t>
+          <t>Livre Libanaise</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>LITRES</t>
+          <t>LIF</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Litres</t>
+          <t>Franc Suisse - Liechtenstein</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>LKR</t>
+          <t>LITRES</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Roupie de Sri Lanka</t>
+          <t>Litres</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>LRD</t>
+          <t>LKR</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Dollar Liberien</t>
+          <t>Roupie de Sri Lanka</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>LSL</t>
+          <t>LRD</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Loti</t>
+          <t>Dollar Liberien</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>LTL</t>
+          <t>LSL</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Litas Lituanien</t>
+          <t>Loti</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>LUF</t>
+          <t>LTL</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Franc Luxembourgeois</t>
+          <t>Litas Lituanien</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>LVL</t>
+          <t>LUF</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Lats Letton</t>
+          <t>Franc Luxembourgeois</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>LYD</t>
+          <t>LVL</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Dinar Libyen</t>
+          <t>Lats Letton</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>MAD</t>
+          <t>LYD</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Dirham Marocain</t>
+          <t>Dinar Libyen</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>MAN-DY</t>
+          <t>MAD</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Dirham Marocain</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>MAN-YR</t>
+          <t>MAN-DY</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>MDL</t>
-[...4 lines deleted...]
-          <t>Leu de Moldovie</t>
+          <t>MAN-YR</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>MGA</t>
+          <t>MDL</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Ariary Malgache</t>
+          <t>Leu de Moldovie</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>MGF</t>
+          <t>MGA</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Franc Malgache</t>
+          <t>Ariary Malgache</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>MKD</t>
+          <t>MGF</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Denar</t>
+          <t>Franc Malgache</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>MMK</t>
+          <t>MKD</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Kyat</t>
+          <t>Denar</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>MNT</t>
+          <t>MMK</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Tugrik</t>
+          <t>Kyat</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>MONTHS</t>
+          <t>MNT</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Mois</t>
+          <t>Tugrik</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>MOP</t>
+          <t>MONTHS</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Pataca</t>
+          <t>Mois</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>MRO</t>
+          <t>MOP</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Ouguia</t>
+          <t>Pataca</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>MRU</t>
+          <t>MRO</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Ouguiya mauritanien</t>
+          <t>Ouguia</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>MTL</t>
+          <t>MRU</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Livre Maltaise</t>
+          <t>Ouguiya mauritanien</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>MUR</t>
+          <t>MTL</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Roupie de Maurice</t>
+          <t>Livre Maltaise</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>MVR</t>
+          <t>MUR</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Rufiyaa</t>
+          <t>Roupie de Maurice</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>MWK</t>
+          <t>MVR</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Kwacha du Malawie</t>
+          <t>Rufiyaa</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>MXN</t>
+          <t>MWK</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Nouveau Peso Mexicain</t>
+          <t>Kwacha du Malawie</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>MXP</t>
+          <t>MXN</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Nouveau Peso Mexicain</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>MYR</t>
-[...4 lines deleted...]
-          <t>Ringgit de Malaisie</t>
+          <t>MXP</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>MZM</t>
+          <t>MYR</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Metical</t>
+          <t>Ringgit de Malaisie</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>MZN</t>
+          <t>MZM</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Nouveau Metical Mozamibicain</t>
+          <t>Metical</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>NAD</t>
+          <t>MZN</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Dollar Namibien</t>
+          <t>Nouveau Metical Mozamibicain</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>NATCUR</t>
+          <t>NAD</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Devise nationale</t>
+          <t>Dollar Namibien</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>NBRE</t>
+          <t>NATCUR</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>nombre</t>
+          <t>Devise nationale</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>NGN</t>
+          <t>NBRE</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Naira</t>
+          <t>nombre</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>NIO</t>
+          <t>NGN</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Cordoba Oro</t>
+          <t>Naira</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>NLG</t>
+          <t>NIO</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Florin Neerlandais</t>
+          <t>Cordoba Oro</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>NOK</t>
+          <t>NLG</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Couronne Norvegienne</t>
+          <t>Florin Neerlandais</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>NPR</t>
+          <t>NOK</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Roupie du Nepal</t>
+          <t>Couronne Norvegienne</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>NZD</t>
+          <t>NPR</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Dollar Neo-Zelandais</t>
+          <t>Roupie du Nepal</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>OMR</t>
+          <t>NZD</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Rial Omani</t>
+          <t>Dollar Neo-Zelandais</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>OUNCES</t>
+          <t>OMR</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Rial Omani</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>PAB</t>
-[...4 lines deleted...]
-          <t>Balboa</t>
+          <t>OUNCES</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>PC</t>
+          <t>PAB</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Pourcent</t>
+          <t>Balboa</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>PCCH</t>
+          <t>PC</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Variation en pourcentage</t>
+          <t>Pourcent</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>PCPA</t>
+          <t>PCCH</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Pourcent par an</t>
+          <t>Variation en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>PCPIB</t>
+          <t>PCPA</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>pourcentage du PIB</t>
+          <t>Pourcent par an</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>PCT</t>
+          <t>PCPIB</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>pourcentage du PIB</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>PCVA</t>
-[...4 lines deleted...]
-          <t>Pourcentage de la valeur ajoutée</t>
+          <t>PCT</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>PEN</t>
+          <t>PCVA</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Nouveau Sol</t>
+          <t>Pourcentage de la valeur ajoutée</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>PERS</t>
+          <t>PEN</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Personnes</t>
+          <t>Nouveau Sol</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>PGK</t>
+          <t>PERS</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Kina</t>
+          <t>Personnes</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>PHP</t>
+          <t>PGK</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Peso Philippin</t>
+          <t>Kina</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>PKR</t>
+          <t>PHP</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Roupie du Pakistan</t>
+          <t>Peso Philippin</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>PLN</t>
+          <t>PKR</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Zloty</t>
+          <t>Roupie du Pakistan</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>PLZ</t>
+          <t>PLN</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Zloty</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>PM</t>
-[...4 lines deleted...]
-          <t>Pour mille</t>
+          <t>PLZ</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>POINTS</t>
+          <t>PM</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Points</t>
+          <t>Pour mille</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>PROP</t>
+          <t>POINTS</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Proportion</t>
+          <t>Points</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>PTE</t>
+          <t>PROP</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Escudo Portugais</t>
+          <t>Proportion</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>PTPIB</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Points de PIB</t>
+          <t>Pourcentage</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>PURE_NUMB</t>
+          <t>PTE</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Nombre pur</t>
+          <t>Escudo Portugais</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>PYG</t>
+          <t>PTPIB</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Guarani</t>
+          <t>Points de PIB</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>QAR</t>
+          <t>PURE_NUMB</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Riyal du Qatar</t>
+          <t>Nombre pur</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>RATIO</t>
+          <t>PYG</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Ratio</t>
+          <t>Guarani</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>ROL</t>
+          <t>QAR</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Leu</t>
+          <t>Riyal du Qatar</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>RON</t>
+          <t>RATIO</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Nouveau Ron</t>
+          <t>Ratio</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>RSD</t>
+          <t>ROL</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Dinar Serbe</t>
+          <t>Leu</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>RUB</t>
+          <t>RON</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Nouveau Ron</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>RUR</t>
+          <t>RSD</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Dinar Serbe</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>RWF</t>
+          <t>RUB</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Franc du Rwanda</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>SAR</t>
+          <t>RUR</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Riyal Saoudien</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>SBD</t>
+          <t>RWF</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Dollar de Salomon</t>
+          <t>Franc du Rwanda</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>SCR</t>
+          <t>SAR</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Roupie des Seychelles</t>
+          <t>Riyal Saoudien</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>SDD</t>
+          <t>SBD</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Dinar Soudanais</t>
+          <t>Dollar de Salomon</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>SDG</t>
+          <t>SCR</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Livre Soudanaise</t>
+          <t>Roupie des Seychelles</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>SDIM</t>
+          <t>SDD</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Valeur sans dimension</t>
+          <t>Dinar Soudanais</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>SDP</t>
+          <t>SDG</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>Livre Soudanaise</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>SEK</t>
+          <t>SDIM</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Couronne Suedoise</t>
+          <t>Valeur sans dimension</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>SGD</t>
-[...4 lines deleted...]
-          <t>Dollar de Singapour</t>
+          <t>SDP</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>SHP</t>
+          <t>SEK</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Livre de Sainte-Helene</t>
+          <t>Couronne Suedoise</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>SIT</t>
+          <t>SGD</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Tolar</t>
+          <t>Dollar de Singapour</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>SKK</t>
+          <t>SHP</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Couronne Slovaque</t>
+          <t>Livre de Sainte-Helene</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>SLL</t>
+          <t>SIT</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Leone</t>
+          <t>Tolar</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>SML</t>
+          <t>SKK</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Lire Italienne - San-Marin</t>
+          <t>Couronne Slovaque</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>SO</t>
+          <t>SLL</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Solde d'opinion</t>
+          <t>Leone</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>SOPCT</t>
+          <t>SML</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Solde d'opinion en pourcentage</t>
+          <t>Lire Italienne - San-Marin</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>SOS</t>
+          <t>SO</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Shilling de Somalie</t>
+          <t>Solde d'opinion</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>SPL</t>
+          <t>SOPCT</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>Solde d'opinion en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>SQ_M</t>
+          <t>SOS</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Mètres carrés</t>
+          <t>Shilling de Somalie</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>SRD</t>
-[...4 lines deleted...]
-          <t>Dollar de Suriname</t>
+          <t>SPL</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>SRG</t>
+          <t>SQ_M</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Florin de Suriname</t>
+          <t>Mètres carrés</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>STD</t>
+          <t>SRD</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Dobra</t>
+          <t>Dollar de Suriname</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>SVC</t>
+          <t>SRG</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Colon du Salvador</t>
+          <t>Florin de Suriname</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>SYP</t>
+          <t>STD</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Livre Syrienne</t>
+          <t>Dobra</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>SZL</t>
+          <t>SVC</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Lilangeni</t>
+          <t>Colon du Salvador</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>TCD</t>
+          <t>SYP</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis - Turks et Caicos</t>
+          <t>Livre Syrienne</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>THB</t>
+          <t>SZL</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Baht</t>
+          <t>Lilangeni</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>TJR</t>
+          <t>TCD</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Rouble Tadjik</t>
+          <t>Dollar des Etats-Unis - Turks et Caicos</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>TJS</t>
+          <t>THB</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Somoni</t>
+          <t>Baht</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>TMM</t>
+          <t>TJR</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Rouble Tadjik</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>TMT</t>
+          <t>TJS</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Somoni</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>TND</t>
+          <t>TMM</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Dinar Tunisien</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>TONNES</t>
+          <t>TMT</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Tonnes</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>TOP</t>
+          <t>TND</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Pa`Anga</t>
+          <t>Dinar Tunisien</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>TPE</t>
+          <t>TONNES</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Escudo de Timor</t>
+          <t>Tonnes</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>TRL</t>
+          <t>TOP</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Livre Turque</t>
+          <t>Pa`Anga</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>TRY</t>
+          <t>TPE</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Nouvelle Livre Turque</t>
+          <t>Escudo de Timor</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>TTD</t>
+          <t>TRL</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Dollar de La Trinite et de Tobago</t>
+          <t>Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>TVD</t>
+          <t>TRY</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Nouvelle Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>TWD</t>
+          <t>TTD</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Nouveau Dollar de Taiwan</t>
+          <t>Dollar de La Trinite et de Tobago</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>TZS</t>
-[...4 lines deleted...]
-          <t>Shilling de Tanzanie</t>
+          <t>TVD</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>UAH</t>
+          <t>TWD</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Hryvnia</t>
+          <t>Nouveau Dollar de Taiwan</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>UAK</t>
+          <t>TZS</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Karbovanet</t>
+          <t>Shilling de Tanzanie</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>UGX</t>
+          <t>UAH</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Shilling Ougandais</t>
+          <t>Hryvnia</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>UNITS</t>
+          <t>UAK</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Unité décrite dans le titre</t>
+          <t>Karbovanet</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>USD</t>
+          <t>UGX</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis</t>
+          <t>Shilling Ougandais</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>USN</t>
+          <t>UNITS</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Dollar Us Lendemain</t>
+          <t>Unité décrite dans le titre</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>USS</t>
+          <t>USD</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Dollar Us (Même Jour)</t>
+          <t>Dollar des Etats-Unis</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>UYU</t>
+          <t>USN</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Peso Uruguayen</t>
+          <t>Dollar Us Lendemain</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>UZS</t>
+          <t>USS</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Soum d`Ouzbekistan</t>
+          <t>Dollar Us (Même Jour)</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>VEB</t>
+          <t>UYU</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Bolivar</t>
+          <t>Peso Uruguayen</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>UZS</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>Soum d`Ouzbekistan</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>VND</t>
+          <t>VEB</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Dong</t>
+          <t>Bolivar</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>VUV</t>
+          <t>VEF</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Vatu</t>
+          <t>VEF</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>WST</t>
+          <t>VND</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Tala</t>
+          <t>Dong</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>X3</t>
+          <t>VUV</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Devise</t>
+          <t>Vatu</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>XAF</t>
+          <t>WST</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Franc Cfa-Beac</t>
+          <t>Tala</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>XAG</t>
+          <t>X3</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Argent</t>
+          <t>Devise</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>XAU</t>
+          <t>XAF</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Or Monetaire</t>
+          <t>Franc Cfa-Beac</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>XBA</t>
+          <t>XAG</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Unite Europeenne Composee (Eurco)</t>
+          <t>Argent</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>XBB</t>
+          <t>XAU</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
+          <t>Or Monetaire</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>XBC</t>
+          <t>XBA</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
+          <t>Unite Europeenne Composee (Eurco)</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>XBD</t>
+          <t>XBB</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
+          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>XCD</t>
+          <t>XBC</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Dollar des Caraïbes Orientales</t>
+          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>XDC</t>
+          <t>XBD</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Monnaie nationale</t>
+          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>XDC_R_B1GQ_CY</t>
+          <t>XCD</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
+          <t>Dollar des Caraïbes Orientales</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>XDC_R_B1G_CY</t>
+          <t>XDC</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
+          <t>Monnaie nationale</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>XDC_R_B6G_S1M</t>
+          <t>XDC_R_B1GQ_CY</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>en % du RDB</t>
+          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>XDC_R_DEBT</t>
+          <t>XDC_R_B1G_CY</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>part dans l endettement</t>
+          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>XDR</t>
+          <t>XDC_R_B6G_S1M</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
+          <t>en % du RDB</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>XDV</t>
+          <t>XDC_R_DEBT</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cvf</t>
+          <t>part dans l endettement</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>XER</t>
+          <t>XDR</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Ecu Prive</t>
+          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>XEU</t>
+          <t>XDV</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Unite de Compte Europeen (E.C.U.)</t>
+          <t>Monnaies Indeterminees Cvf</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>XGO</t>
+          <t>XER</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Once d’or fin</t>
+          <t>Ecu Prive</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>XOF</t>
+          <t>XEU</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Franc Cfa-Bceao</t>
+          <t>Unite de Compte Europeen (E.C.U.)</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>XPD</t>
+          <t>XGO</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Palladium</t>
+          <t>Once d’or fin</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>XPF</t>
+          <t>XOF</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Franc Cfp</t>
+          <t>Franc Cfa-Bceao</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>XPT</t>
+          <t>XPD</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Platine</t>
+          <t>Palladium</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>XRH</t>
+          <t>XPF</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Franc Cfp</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>XTS</t>
+          <t>XPT</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Code reserve specifiquement a des fins d`essai</t>
+          <t>Platine</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>XXX</t>
-[...4 lines deleted...]
-          <t>Codes attrib. aux transactions ne faisant pas in</t>
+          <t>XRH</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>YEARS</t>
+          <t>XTS</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Code reserve specifiquement a des fins d`essai</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>YER</t>
+          <t>XXX</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Riyal du Yemen</t>
+          <t>Codes attrib. aux transactions ne faisant pas in</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>YUM</t>
-[...4 lines deleted...]
-          <t>Nouveau Dinar Serbie Montenegro</t>
+          <t>YEARS</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>YUN</t>
+          <t>YER</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Dinar Yougoslave</t>
+          <t>Riyal du Yemen</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>Z01</t>
+          <t>YUM</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Toutes monnaies confondues</t>
+          <t>Nouveau Dinar Serbie Montenegro</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>Z06</t>
+          <t>YUN</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Toutes monnaies non-euro confondues</t>
+          <t>Dinar Yougoslave</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>ZAR</t>
+          <t>Z01</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Rand</t>
+          <t>Toutes monnaies confondues</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>ZDV</t>
+          <t>Z06</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cve</t>
+          <t>Toutes monnaies non-euro confondues</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>ZMK</t>
+          <t>ZAR</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Kwacha de Zambie</t>
+          <t>Rand</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>ZMW</t>
+          <t>ZDV</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Nouveau kwacha de Zambie</t>
+          <t>Monnaies Indeterminees Cve</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>ZRN</t>
+          <t>ZMK</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Nouveau Zaïre</t>
+          <t>Kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>ZWD</t>
+          <t>ZMW</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWD - )</t>
+          <t>Nouveau kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>ZWL</t>
+          <t>ZRN</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWL - )</t>
+          <t>Nouveau Zaïre</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>ZWN</t>
+          <t>ZWD</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWN - )</t>
+          <t>Dollar du Zimbabwe (ZWD - )</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>ZWR</t>
+          <t>ZWL</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+          <t>Dollar du Zimbabwe (ZWL - )</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>_T</t>
+          <t>ZWN</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Toutes monnaies d'opération</t>
+          <t>Dollar du Zimbabwe (ZWN - )</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>_X</t>
+          <t>ZWR</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Non spécifié</t>
+          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
+          <t>_T</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>Toutes monnaies d'opération</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>_X</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>Non spécifié</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B308" t="inlineStr">
+      <c r="B310" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">