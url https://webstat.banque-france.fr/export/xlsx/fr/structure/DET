--- v3 (2026-02-26)
+++ v4 (2026-03-23)
@@ -1095,51 +1095,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Z</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B310"/>
+  <dimension ref="A1:B311"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Unité</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -3290,1476 +3290,1488 @@
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>PCT</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>PCVA</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Pourcentage de la valeur ajoutée</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>PEN</t>
+          <t>PD</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Nouveau Sol</t>
+          <t>Points de pourcentage</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>PERS</t>
+          <t>PEN</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Personnes</t>
+          <t>Nouveau Sol</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>PGK</t>
+          <t>PERS</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Kina</t>
+          <t>Personnes</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>PHP</t>
+          <t>PGK</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Peso Philippin</t>
+          <t>Kina</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>PKR</t>
+          <t>PHP</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Roupie du Pakistan</t>
+          <t>Peso Philippin</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>PLN</t>
+          <t>PKR</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Zloty</t>
+          <t>Roupie du Pakistan</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>PLZ</t>
+          <t>PLN</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Zloty</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>PM</t>
-[...4 lines deleted...]
-          <t>Pour mille</t>
+          <t>PLZ</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>POINTS</t>
+          <t>PM</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Points</t>
+          <t>Pour mille</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>PROP</t>
+          <t>POINTS</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Proportion</t>
+          <t>Points</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>PROP</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Pourcentage</t>
+          <t>Proportion</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>PTE</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Escudo Portugais</t>
+          <t>Pourcentage</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>PTPIB</t>
+          <t>PTE</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Points de PIB</t>
+          <t>Escudo Portugais</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>PURE_NUMB</t>
+          <t>PTPIB</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Nombre pur</t>
+          <t>Points de PIB</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>PYG</t>
+          <t>PURE_NUMB</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Guarani</t>
+          <t>Nombre pur</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>QAR</t>
+          <t>PYG</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Riyal du Qatar</t>
+          <t>Guarani</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>RATIO</t>
+          <t>QAR</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Ratio</t>
+          <t>Riyal du Qatar</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>ROL</t>
+          <t>RATIO</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Leu</t>
+          <t>Ratio</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>RON</t>
+          <t>ROL</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Nouveau Ron</t>
+          <t>Leu</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>RSD</t>
+          <t>RON</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Dinar Serbe</t>
+          <t>Nouveau Ron</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>RUB</t>
+          <t>RSD</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Dinar Serbe</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>RUR</t>
+          <t>RUB</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>RWF</t>
+          <t>RUR</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Franc du Rwanda</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>SAR</t>
+          <t>RWF</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Riyal Saoudien</t>
+          <t>Franc du Rwanda</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>SBD</t>
+          <t>SAR</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Dollar de Salomon</t>
+          <t>Riyal Saoudien</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>SCR</t>
+          <t>SBD</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Roupie des Seychelles</t>
+          <t>Dollar de Salomon</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>SDD</t>
+          <t>SCR</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Dinar Soudanais</t>
+          <t>Roupie des Seychelles</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>SDG</t>
+          <t>SDD</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>Livre Soudanaise</t>
+          <t>Dinar Soudanais</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>SDIM</t>
+          <t>SDG</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Valeur sans dimension</t>
+          <t>Livre Soudanaise</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>SDP</t>
+          <t>SDIM</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>Valeur sans dimension</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>SEK</t>
-[...4 lines deleted...]
-          <t>Couronne Suedoise</t>
+          <t>SDP</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>SGD</t>
+          <t>SEK</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Dollar de Singapour</t>
+          <t>Couronne Suedoise</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>SHP</t>
+          <t>SGD</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Livre de Sainte-Helene</t>
+          <t>Dollar de Singapour</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>SIT</t>
+          <t>SHP</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Tolar</t>
+          <t>Livre de Sainte-Helene</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>SKK</t>
+          <t>SIT</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Couronne Slovaque</t>
+          <t>Tolar</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>SLL</t>
+          <t>SKK</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Leone</t>
+          <t>Couronne Slovaque</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>SML</t>
+          <t>SLL</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Lire Italienne - San-Marin</t>
+          <t>Leone</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>SO</t>
+          <t>SML</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Solde d'opinion</t>
+          <t>Lire Italienne - San-Marin</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>SOPCT</t>
+          <t>SO</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Solde d'opinion en pourcentage</t>
+          <t>Solde d'opinion</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>SOS</t>
+          <t>SOPCT</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Shilling de Somalie</t>
+          <t>Solde d'opinion en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>SPL</t>
+          <t>SOS</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Shilling de Somalie</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>SQ_M</t>
-[...4 lines deleted...]
-          <t>Mètres carrés</t>
+          <t>SPL</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>SRD</t>
+          <t>SQ_M</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Dollar de Suriname</t>
+          <t>Mètres carrés</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>SRG</t>
+          <t>SRD</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Florin de Suriname</t>
+          <t>Dollar de Suriname</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>STD</t>
+          <t>SRG</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Dobra</t>
+          <t>Florin de Suriname</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>SVC</t>
+          <t>STD</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Colon du Salvador</t>
+          <t>Dobra</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>SYP</t>
+          <t>SVC</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Livre Syrienne</t>
+          <t>Colon du Salvador</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>SZL</t>
+          <t>SYP</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Lilangeni</t>
+          <t>Livre Syrienne</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>TCD</t>
+          <t>SZL</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis - Turks et Caicos</t>
+          <t>Lilangeni</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>THB</t>
+          <t>TCD</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Baht</t>
+          <t>Dollar des Etats-Unis - Turks et Caicos</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>TJR</t>
+          <t>THB</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Rouble Tadjik</t>
+          <t>Baht</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>TJS</t>
+          <t>TJR</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Somoni</t>
+          <t>Rouble Tadjik</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>TMM</t>
+          <t>TJS</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Somoni</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>TMT</t>
+          <t>TMM</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>TND</t>
+          <t>TMT</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Dinar Tunisien</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>TONNES</t>
+          <t>TND</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Tonnes</t>
+          <t>Dinar Tunisien</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>TOP</t>
+          <t>TONNES</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Pa`Anga</t>
+          <t>Tonnes</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>TPE</t>
+          <t>TOP</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Escudo de Timor</t>
+          <t>Pa`Anga</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>TRL</t>
+          <t>TPE</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Livre Turque</t>
+          <t>Escudo de Timor</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>TRY</t>
+          <t>TRL</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Nouvelle Livre Turque</t>
+          <t>Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>TTD</t>
+          <t>TRY</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Dollar de La Trinite et de Tobago</t>
+          <t>Nouvelle Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>TVD</t>
+          <t>TTD</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>Dollar de La Trinite et de Tobago</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>TWD</t>
-[...4 lines deleted...]
-          <t>Nouveau Dollar de Taiwan</t>
+          <t>TVD</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>TZS</t>
+          <t>TWD</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Shilling de Tanzanie</t>
+          <t>Nouveau Dollar de Taiwan</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>UAH</t>
+          <t>TZS</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Hryvnia</t>
+          <t>Shilling de Tanzanie</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>UAK</t>
+          <t>UAH</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Karbovanet</t>
+          <t>Hryvnia</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>UGX</t>
+          <t>UAK</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Shilling Ougandais</t>
+          <t>Karbovanet</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>UNITS</t>
+          <t>UGX</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Unité décrite dans le titre</t>
+          <t>Shilling Ougandais</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>USD</t>
+          <t>UNITS</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis</t>
+          <t>Unité décrite dans le titre</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>USN</t>
+          <t>USD</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Dollar Us Lendemain</t>
+          <t>Dollar des Etats-Unis</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>USS</t>
+          <t>USN</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Dollar Us (Même Jour)</t>
+          <t>Dollar Us Lendemain</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>UYU</t>
+          <t>USS</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Peso Uruguayen</t>
+          <t>Dollar Us (Même Jour)</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>UZS</t>
+          <t>UYU</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Soum d`Ouzbekistan</t>
+          <t>Peso Uruguayen</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>VEB</t>
+          <t>UZS</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Bolivar</t>
+          <t>Soum d`Ouzbekistan</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>VEB</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>Bolivar</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>VND</t>
+          <t>VEF</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Dong</t>
+          <t>VEF</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>VUV</t>
+          <t>VND</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Vatu</t>
+          <t>Dong</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>WST</t>
+          <t>VUV</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Tala</t>
+          <t>Vatu</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>X3</t>
+          <t>WST</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Devise</t>
+          <t>Tala</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>XAF</t>
+          <t>X3</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Franc Cfa-Beac</t>
+          <t>Devise</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>XAG</t>
+          <t>XAF</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Argent</t>
+          <t>Franc Cfa-Beac</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>XAU</t>
+          <t>XAG</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Or Monetaire</t>
+          <t>Argent</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>XBA</t>
+          <t>XAU</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unite Europeenne Composee (Eurco)</t>
+          <t>Or Monetaire</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>XBB</t>
+          <t>XBA</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
+          <t>Unite Europeenne Composee (Eurco)</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>XBC</t>
+          <t>XBB</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
+          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>XBD</t>
+          <t>XBC</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
+          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>XCD</t>
+          <t>XBD</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Dollar des Caraïbes Orientales</t>
+          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>XDC</t>
+          <t>XCD</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Monnaie nationale</t>
+          <t>Dollar des Caraïbes Orientales</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>XDC_R_B1GQ_CY</t>
+          <t>XDC</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
+          <t>Monnaie nationale</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>XDC_R_B1G_CY</t>
+          <t>XDC_R_B1GQ_CY</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
+          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>XDC_R_B6G_S1M</t>
+          <t>XDC_R_B1G_CY</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>en % du RDB</t>
+          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>XDC_R_DEBT</t>
+          <t>XDC_R_B6G_S1M</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>part dans l endettement</t>
+          <t>en % du RDB</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>XDR</t>
+          <t>XDC_R_DEBT</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
+          <t>part dans l endettement</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>XDV</t>
+          <t>XDR</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cvf</t>
+          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>XER</t>
+          <t>XDV</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Ecu Prive</t>
+          <t>Monnaies Indeterminees Cvf</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>XEU</t>
+          <t>XER</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Unite de Compte Europeen (E.C.U.)</t>
+          <t>Ecu Prive</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>XGO</t>
+          <t>XEU</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Once d’or fin</t>
+          <t>Unite de Compte Europeen (E.C.U.)</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>XOF</t>
+          <t>XGO</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Franc Cfa-Bceao</t>
+          <t>Once d’or fin</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>XPD</t>
+          <t>XOF</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Palladium</t>
+          <t>Franc Cfa-Bceao</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>XPF</t>
+          <t>XPD</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Franc Cfp</t>
+          <t>Palladium</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>XPT</t>
+          <t>XPF</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Platine</t>
+          <t>Franc Cfp</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>XRH</t>
+          <t>XPT</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Platine</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>XTS</t>
-[...4 lines deleted...]
-          <t>Code reserve specifiquement a des fins d`essai</t>
+          <t>XRH</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>XXX</t>
+          <t>XTS</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Codes attrib. aux transactions ne faisant pas in</t>
+          <t>Code reserve specifiquement a des fins d`essai</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>YEARS</t>
+          <t>XXX</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>Codes attrib. aux transactions ne faisant pas in</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>YER</t>
-[...4 lines deleted...]
-          <t>Riyal du Yemen</t>
+          <t>YEARS</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>YUM</t>
+          <t>YER</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Nouveau Dinar Serbie Montenegro</t>
+          <t>Riyal du Yemen</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>YUN</t>
+          <t>YUM</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Dinar Yougoslave</t>
+          <t>Nouveau Dinar Serbie Montenegro</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>Z01</t>
+          <t>YUN</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Toutes monnaies confondues</t>
+          <t>Dinar Yougoslave</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>Z06</t>
+          <t>Z01</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Toutes monnaies non-euro confondues</t>
+          <t>Toutes monnaies confondues</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>ZAR</t>
+          <t>Z06</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Rand</t>
+          <t>Toutes monnaies non-euro confondues</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>ZDV</t>
+          <t>ZAR</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cve</t>
+          <t>Rand</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>ZMK</t>
+          <t>ZDV</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Kwacha de Zambie</t>
+          <t>Monnaies Indeterminees Cve</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>ZMW</t>
+          <t>ZMK</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Nouveau kwacha de Zambie</t>
+          <t>Kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>ZRN</t>
+          <t>ZMW</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Nouveau Zaïre</t>
+          <t>Nouveau kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>ZWD</t>
+          <t>ZRN</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWD - )</t>
+          <t>Nouveau Zaïre</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>ZWL</t>
+          <t>ZWD</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWL - )</t>
+          <t>Dollar du Zimbabwe (ZWD - )</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>ZWN</t>
+          <t>ZWL</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWN - )</t>
+          <t>Dollar du Zimbabwe (ZWL - )</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>ZWR</t>
+          <t>ZWN</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+          <t>Dollar du Zimbabwe (ZWN - )</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>_T</t>
+          <t>ZWR</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Toutes monnaies d'opération</t>
+          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>_X</t>
+          <t>_T</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Non spécifié</t>
+          <t>Toutes monnaies d'opération</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
+          <t>_X</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>Non spécifié</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B310" t="inlineStr">
+      <c r="B311" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">