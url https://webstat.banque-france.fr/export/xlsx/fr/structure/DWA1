--- v0 (2026-01-18)
+++ v1 (2026-03-14)
@@ -1383,51 +1383,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Agrégation de données désaisonnalisées</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B308"/>
+  <dimension ref="A1:B311"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Unité</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -2780,2250 +2780,2286 @@
         <is>
           <t>ISK</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Couronne Islandaise</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>ITL</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Lire Italienne</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>JEP</t>
+          <t>IX</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Index</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>JMD</t>
-[...4 lines deleted...]
-          <t>Dollar Jamaïcain</t>
+          <t>JEP</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>JOD</t>
+          <t>JMD</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Dinar Jordanien</t>
+          <t>Dollar Jamaïcain</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>JPY</t>
+          <t>JOD</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Yen</t>
+          <t>Dinar Jordanien</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>JRACH</t>
+          <t>JPY</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Jours d'achats</t>
+          <t>Yen</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>JRCA</t>
+          <t>JRACH</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Jours de chiffre d'affaires</t>
+          <t>Jours d'achats</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>KES</t>
+          <t>JRCA</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Shilling du Kenya</t>
+          <t>Jours de chiffre d'affaires</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>KGS</t>
+          <t>KES</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Som</t>
+          <t>Shilling du Kenya</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>KHR</t>
+          <t>KGS</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Riel</t>
+          <t>Som</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>KILO</t>
+          <t>KHR</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Kilogrammes</t>
+          <t>Riel</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>KLITRE</t>
+          <t>KILO</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Kilolitres</t>
+          <t>Kilogrammes</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>KMF</t>
+          <t>KLITRE</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Franc des Comores</t>
+          <t>Kilolitres</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>KPW</t>
+          <t>KMF</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Won de La Coree du Nord</t>
+          <t>Franc des Comores</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>KRW</t>
+          <t>KPW</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Won</t>
+          <t>Won de La Coree du Nord</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>KWD</t>
+          <t>KRW</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Dinar Koweïtien</t>
+          <t>Won</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>KYD</t>
+          <t>KWD</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Dollar des Caïmanes</t>
+          <t>Dinar Koweïtien</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>KZT</t>
+          <t>KYD</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Tenge</t>
+          <t>Dollar des Caïmanes</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>LAK</t>
+          <t>KZT</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Kip</t>
+          <t>Tenge</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>LBP</t>
+          <t>LAK</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Livre Libanaise</t>
+          <t>Kip</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>LIF</t>
+          <t>LBP</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Franc Suisse - Liechtenstein</t>
+          <t>Livre Libanaise</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>LITRES</t>
+          <t>LIF</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Litres</t>
+          <t>Franc Suisse - Liechtenstein</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>LKR</t>
+          <t>LITRES</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Roupie de Sri Lanka</t>
+          <t>Litres</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>LRD</t>
+          <t>LKR</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Dollar Liberien</t>
+          <t>Roupie de Sri Lanka</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>LSL</t>
+          <t>LRD</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Loti</t>
+          <t>Dollar Liberien</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>LTL</t>
+          <t>LSL</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Litas Lituanien</t>
+          <t>Loti</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>LUF</t>
+          <t>LTL</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Franc Luxembourgeois</t>
+          <t>Litas Lituanien</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>LVL</t>
+          <t>LUF</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Lats Letton</t>
+          <t>Franc Luxembourgeois</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>LYD</t>
+          <t>LVL</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Dinar Libyen</t>
+          <t>Lats Letton</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>MAD</t>
+          <t>LYD</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Dirham Marocain</t>
+          <t>Dinar Libyen</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>MAN-DY</t>
+          <t>MAD</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Dirham Marocain</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>MAN-YR</t>
+          <t>MAN-DY</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>MDL</t>
-[...4 lines deleted...]
-          <t>Leu de Moldovie</t>
+          <t>MAN-YR</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>MGA</t>
+          <t>MDL</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Ariary Malgache</t>
+          <t>Leu de Moldovie</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>MGF</t>
+          <t>MGA</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Franc Malgache</t>
+          <t>Ariary Malgache</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>MKD</t>
+          <t>MGF</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Denar</t>
+          <t>Franc Malgache</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>MMK</t>
+          <t>MKD</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Kyat</t>
+          <t>Denar</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>MNT</t>
+          <t>MMK</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Tugrik</t>
+          <t>Kyat</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>MONTHS</t>
+          <t>MNT</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Mois</t>
+          <t>Tugrik</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>MOP</t>
+          <t>MONTHS</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Pataca</t>
+          <t>Mois</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>MRO</t>
+          <t>MOP</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Ouguia</t>
+          <t>Pataca</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>MRU</t>
+          <t>MRO</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Ouguiya mauritanien</t>
+          <t>Ouguia</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>MTL</t>
+          <t>MRU</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Livre Maltaise</t>
+          <t>Ouguiya mauritanien</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>MUR</t>
+          <t>MTL</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Roupie de Maurice</t>
+          <t>Livre Maltaise</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>MVR</t>
+          <t>MUR</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Rufiyaa</t>
+          <t>Roupie de Maurice</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>MWK</t>
+          <t>MVR</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Kwacha du Malawie</t>
+          <t>Rufiyaa</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>MXN</t>
+          <t>MWK</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Nouveau Peso Mexicain</t>
+          <t>Kwacha du Malawie</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>MXP</t>
+          <t>MXN</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Nouveau Peso Mexicain</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>MYR</t>
-[...4 lines deleted...]
-          <t>Ringgit de Malaisie</t>
+          <t>MXP</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>MZM</t>
+          <t>MYR</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Metical</t>
+          <t>Ringgit de Malaisie</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>MZN</t>
+          <t>MZM</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Nouveau Metical Mozamibicain</t>
+          <t>Metical</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>NAD</t>
+          <t>MZN</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Dollar Namibien</t>
+          <t>Nouveau Metical Mozamibicain</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>NATCUR</t>
+          <t>NAD</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Devise nationale</t>
+          <t>Dollar Namibien</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>NBRE</t>
+          <t>NATCUR</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>nombre</t>
+          <t>Devise nationale</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>NGN</t>
+          <t>NBRE</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Naira</t>
+          <t>nombre</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>NIO</t>
+          <t>NGN</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Cordoba Oro</t>
+          <t>Naira</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>NLG</t>
+          <t>NIO</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Florin Neerlandais</t>
+          <t>Cordoba Oro</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>NOK</t>
+          <t>NLG</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Couronne Norvegienne</t>
+          <t>Florin Neerlandais</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>NPR</t>
+          <t>NOK</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Roupie du Nepal</t>
+          <t>Couronne Norvegienne</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>NZD</t>
+          <t>NPR</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Dollar Neo-Zelandais</t>
+          <t>Roupie du Nepal</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>OMR</t>
+          <t>NZD</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Rial Omani</t>
+          <t>Dollar Neo-Zelandais</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>OUNCES</t>
+          <t>OMR</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Rial Omani</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>PAB</t>
-[...4 lines deleted...]
-          <t>Balboa</t>
+          <t>OUNCES</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>PC</t>
+          <t>PAB</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Pourcent</t>
+          <t>Balboa</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>PCCH</t>
+          <t>PC</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Variation en pourcentage</t>
+          <t>Pourcent</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>PCPA</t>
+          <t>PCCH</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Pourcent par an</t>
+          <t>Variation en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>PCPIB</t>
+          <t>PCPA</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>pourcentage du PIB</t>
+          <t>Pourcent par an</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>PCT</t>
+          <t>PCPIB</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>pourcentage du PIB</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>PCVA</t>
-[...4 lines deleted...]
-          <t>Pourcentage de la valeur ajoutée</t>
+          <t>PCT</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>PEN</t>
+          <t>PCVA</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Nouveau Sol</t>
+          <t>Pourcentage de la valeur ajoutée</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>PERS</t>
+          <t>PD</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Personnes</t>
+          <t>Points de pourcentage</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>PGK</t>
+          <t>PEN</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Kina</t>
+          <t>Nouveau Sol</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>PHP</t>
+          <t>PERS</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Peso Philippin</t>
+          <t>Personnes</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>PKR</t>
+          <t>PGK</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Roupie du Pakistan</t>
+          <t>Kina</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>PLN</t>
+          <t>PHP</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Zloty</t>
+          <t>Peso Philippin</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>PLZ</t>
+          <t>PKR</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Roupie du Pakistan</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>PM</t>
+          <t>PLN</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Pour mille</t>
+          <t>Zloty</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>POINTS</t>
-[...4 lines deleted...]
-          <t>Points</t>
+          <t>PLZ</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>PROP</t>
+          <t>PM</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Proportion</t>
+          <t>Pour mille</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>PTE</t>
+          <t>POINTS</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Escudo Portugais</t>
+          <t>Points</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>PTPIB</t>
+          <t>PROP</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Points de PIB</t>
+          <t>Proportion</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>PURE_NUMB</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Nombre pur</t>
+          <t>Pourcentage</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>PYG</t>
+          <t>PTE</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Guarani</t>
+          <t>Escudo Portugais</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>QAR</t>
+          <t>PTPIB</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Riyal du Qatar</t>
+          <t>Points de PIB</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>RATIO</t>
+          <t>PURE_NUMB</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Ratio</t>
+          <t>Nombre pur</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>ROL</t>
+          <t>PYG</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Leu</t>
+          <t>Guarani</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>RON</t>
+          <t>QAR</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Nouveau Ron</t>
+          <t>Riyal du Qatar</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>RSD</t>
+          <t>RATIO</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Dinar Serbe</t>
+          <t>Ratio</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>RUB</t>
+          <t>ROL</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Leu</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>RUR</t>
+          <t>RON</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Nouveau Ron</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>RWF</t>
+          <t>RSD</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Franc du Rwanda</t>
+          <t>Dinar Serbe</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>SAR</t>
+          <t>RUB</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Riyal Saoudien</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>SBD</t>
+          <t>RUR</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Dollar de Salomon</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>SCR</t>
+          <t>RWF</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Roupie des Seychelles</t>
+          <t>Franc du Rwanda</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>SDD</t>
+          <t>SAR</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Dinar Soudanais</t>
+          <t>Riyal Saoudien</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>SDG</t>
+          <t>SBD</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Livre Soudanaise</t>
+          <t>Dollar de Salomon</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>SDIM</t>
+          <t>SCR</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Valeur sans dimension</t>
+          <t>Roupie des Seychelles</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>SDP</t>
+          <t>SDD</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>Dinar Soudanais</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>SEK</t>
+          <t>SDG</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Couronne Suedoise</t>
+          <t>Livre Soudanaise</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>SGD</t>
+          <t>SDIM</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Dollar de Singapour</t>
+          <t>Valeur sans dimension</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>SHP</t>
-[...4 lines deleted...]
-          <t>Livre de Sainte-Helene</t>
+          <t>SDP</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>SIT</t>
+          <t>SEK</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Tolar</t>
+          <t>Couronne Suedoise</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>SKK</t>
+          <t>SGD</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Couronne Slovaque</t>
+          <t>Dollar de Singapour</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>SLL</t>
+          <t>SHP</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Leone</t>
+          <t>Livre de Sainte-Helene</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>SML</t>
+          <t>SIT</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Lire Italienne - San-Marin</t>
+          <t>Tolar</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>SO</t>
+          <t>SKK</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Solde d'opinion</t>
+          <t>Couronne Slovaque</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>SOPCT</t>
+          <t>SLL</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Solde d'opinion en pourcentage</t>
+          <t>Leone</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>SOS</t>
+          <t>SML</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Shilling de Somalie</t>
+          <t>Lire Italienne - San-Marin</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>SPL</t>
+          <t>SO</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>Solde d'opinion</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>SQ_M</t>
+          <t>SOPCT</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Mètres carrés</t>
+          <t>Solde d'opinion en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>SRD</t>
+          <t>SOS</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Dollar de Suriname</t>
+          <t>Shilling de Somalie</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>SRG</t>
-[...4 lines deleted...]
-          <t>Florin de Suriname</t>
+          <t>SPL</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>STD</t>
+          <t>SQ_M</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Dobra</t>
+          <t>Mètres carrés</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>SVC</t>
+          <t>SRD</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Colon du Salvador</t>
+          <t>Dollar de Suriname</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>SYP</t>
+          <t>SRG</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Livre Syrienne</t>
+          <t>Florin de Suriname</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>SZL</t>
+          <t>STD</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Lilangeni</t>
+          <t>Dobra</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>TCD</t>
+          <t>SVC</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis - Turks et Caicos</t>
+          <t>Colon du Salvador</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>THB</t>
+          <t>SYP</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Baht</t>
+          <t>Livre Syrienne</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>TJR</t>
+          <t>SZL</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Rouble Tadjik</t>
+          <t>Lilangeni</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>TJS</t>
+          <t>TCD</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Somoni</t>
+          <t>Dollar des Etats-Unis - Turks et Caicos</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>TMM</t>
+          <t>THB</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Baht</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>TMT</t>
+          <t>TJR</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Rouble Tadjik</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>TND</t>
+          <t>TJS</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Dinar Tunisien</t>
+          <t>Somoni</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>TONNES</t>
+          <t>TMM</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Tonnes</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>TOP</t>
+          <t>TMT</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Pa`Anga</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>TPE</t>
+          <t>TND</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Escudo de Timor</t>
+          <t>Dinar Tunisien</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>TRL</t>
+          <t>TONNES</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Livre Turque</t>
+          <t>Tonnes</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>TRY</t>
+          <t>TOP</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Nouvelle Livre Turque</t>
+          <t>Pa`Anga</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>TTD</t>
+          <t>TPE</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Dollar de La Trinite et de Tobago</t>
+          <t>Escudo de Timor</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>TVD</t>
+          <t>TRL</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>TWD</t>
+          <t>TRY</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Nouveau Dollar de Taiwan</t>
+          <t>Nouvelle Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>TZS</t>
+          <t>TTD</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Shilling de Tanzanie</t>
+          <t>Dollar de La Trinite et de Tobago</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>UAH</t>
-[...4 lines deleted...]
-          <t>Hryvnia</t>
+          <t>TVD</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>UAK</t>
+          <t>TWD</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Karbovanet</t>
+          <t>Nouveau Dollar de Taiwan</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>UGX</t>
+          <t>TZS</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Shilling Ougandais</t>
+          <t>Shilling de Tanzanie</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>UNITS</t>
+          <t>UAH</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Unité décrite dans le titre</t>
+          <t>Hryvnia</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>USD</t>
+          <t>UAK</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis</t>
+          <t>Karbovanet</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>USN</t>
+          <t>UGX</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Dollar Us Lendemain</t>
+          <t>Shilling Ougandais</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>USS</t>
+          <t>UNITS</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Dollar Us (Même Jour)</t>
+          <t>Unité décrite dans le titre</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>UYU</t>
+          <t>USD</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Peso Uruguayen</t>
+          <t>Dollar des Etats-Unis</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>UZS</t>
+          <t>USN</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Soum d`Ouzbekistan</t>
+          <t>Dollar Us Lendemain</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>VEB</t>
+          <t>USS</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Bolivar</t>
+          <t>Dollar Us (Même Jour)</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>UYU</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>Peso Uruguayen</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>VND</t>
+          <t>UZS</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Dong</t>
+          <t>Soum d`Ouzbekistan</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>VUV</t>
+          <t>VEB</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Vatu</t>
+          <t>Bolivar</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>WST</t>
+          <t>VEF</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Tala</t>
+          <t>VEF</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>X3</t>
+          <t>VND</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Devise</t>
+          <t>Dong</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>XAF</t>
+          <t>VUV</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Franc Cfa-Beac</t>
+          <t>Vatu</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>XAG</t>
+          <t>WST</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Argent</t>
+          <t>Tala</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>XAU</t>
+          <t>X3</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Or Monetaire</t>
+          <t>Devise</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>XBA</t>
+          <t>XAF</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Unite Europeenne Composee (Eurco)</t>
+          <t>Franc Cfa-Beac</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>XBB</t>
+          <t>XAG</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
+          <t>Argent</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>XBC</t>
+          <t>XAU</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
+          <t>Or Monetaire</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>XBD</t>
+          <t>XBA</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
+          <t>Unite Europeenne Composee (Eurco)</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>XCD</t>
+          <t>XBB</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Dollar des Caraïbes Orientales</t>
+          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>XDC</t>
+          <t>XBC</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Monnaie nationale</t>
+          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>XDC_R_B1GQ_CY</t>
+          <t>XBD</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
+          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>XDC_R_B1G_CY</t>
+          <t>XCD</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
+          <t>Dollar des Caraïbes Orientales</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>XDC_R_B6G_S1M</t>
+          <t>XDC</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>en % du RDB</t>
+          <t>Monnaie nationale</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>XDC_R_DEBT</t>
+          <t>XDC_R_B1GQ_CY</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>part dans l endettement</t>
+          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>XDR</t>
+          <t>XDC_R_B1G_CY</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
+          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>XDV</t>
+          <t>XDC_R_B6G_S1M</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cvf</t>
+          <t>en % du RDB</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>XER</t>
+          <t>XDC_R_DEBT</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Ecu Prive</t>
+          <t>part dans l endettement</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>XEU</t>
+          <t>XDR</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Unite de Compte Europeen (E.C.U.)</t>
+          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>XGO</t>
+          <t>XDV</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Once d’or fin</t>
+          <t>Monnaies Indeterminees Cvf</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>XOF</t>
+          <t>XER</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Franc Cfa-Bceao</t>
+          <t>Ecu Prive</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>XPD</t>
+          <t>XEU</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Palladium</t>
+          <t>Unite de Compte Europeen (E.C.U.)</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>XPF</t>
+          <t>XGO</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Franc Cfp</t>
+          <t>Once d’or fin</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>XPT</t>
+          <t>XOF</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Platine</t>
+          <t>Franc Cfa-Bceao</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>XRH</t>
+          <t>XPD</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Palladium</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>XTS</t>
+          <t>XPF</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Code reserve specifiquement a des fins d`essai</t>
+          <t>Franc Cfp</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>XXX</t>
+          <t>XPT</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Codes attrib. aux transactions ne faisant pas in</t>
+          <t>Platine</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>YEARS</t>
+          <t>XRH</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>YER</t>
+          <t>XTS</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Riyal du Yemen</t>
+          <t>Code reserve specifiquement a des fins d`essai</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>YUM</t>
+          <t>XXX</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Nouveau Dinar Serbie Montenegro</t>
+          <t>Codes attrib. aux transactions ne faisant pas in</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>YUN</t>
-[...4 lines deleted...]
-          <t>Dinar Yougoslave</t>
+          <t>YEARS</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>Z01</t>
+          <t>YER</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Toutes monnaies confondues</t>
+          <t>Riyal du Yemen</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>Z06</t>
+          <t>YUM</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Toutes monnaies non-euro confondues</t>
+          <t>Nouveau Dinar Serbie Montenegro</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>ZAR</t>
+          <t>YUN</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Rand</t>
+          <t>Dinar Yougoslave</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>ZDV</t>
+          <t>Z01</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cve</t>
+          <t>Toutes monnaies confondues</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>ZMK</t>
+          <t>Z06</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Kwacha de Zambie</t>
+          <t>Toutes monnaies non-euro confondues</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>ZMW</t>
+          <t>ZAR</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Nouveau kwacha de Zambie</t>
+          <t>Rand</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>ZRN</t>
+          <t>ZDV</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Nouveau Zaïre</t>
+          <t>Monnaies Indeterminees Cve</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>ZWD</t>
+          <t>ZMK</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWD - )</t>
+          <t>Kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>ZWL</t>
+          <t>ZMW</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWL - )</t>
+          <t>Nouveau kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>ZWN</t>
+          <t>ZRN</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWN - )</t>
+          <t>Nouveau Zaïre</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>ZWR</t>
+          <t>ZWD</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+          <t>Dollar du Zimbabwe (ZWD - )</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>_T</t>
+          <t>ZWL</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Toutes monnaies d'opération</t>
+          <t>Dollar du Zimbabwe (ZWL - )</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>_X</t>
+          <t>ZWN</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Non spécifié</t>
+          <t>Dollar du Zimbabwe (ZWN - )</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
+          <t>ZWR</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>_T</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>Toutes monnaies d'opération</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>_X</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>Non spécifié</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B308" t="inlineStr">
+      <c r="B311" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -13017,195 +13053,231 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Milliards</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B12"/>
+  <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ADJUSTMENT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Correction statistique</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>B</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Tendance, CJO, non désaisonnalisée</t>
+          <t>Brut (actif financier)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>C</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Brut</t>
+          <t>Tendance, CJO, non désaisonnalisée</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>N</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>CVS</t>
+          <t>Brut</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>N_C12</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Tendance</t>
+          <t>Cumul 12 mois – Brut</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>S</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>CJO</t>
+          <t>CVS</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>X</t>
+          <t>S_C12</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Facteurs saisonniers</t>
+          <t>Cumul 12 mois – CVS</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>T</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>CVS/CJO</t>
+          <t>Tendance</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Z</t>
+          <t>W</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Facteurs saisonniers et calendaires combinés</t>
+          <t>CJO</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
+          <t>X</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Facteurs saisonniers</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>CVS/CJO</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Z</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Facteurs saisonniers et calendaires combinés</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -29504,51 +29576,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Hebdomadaire</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B896"/>
+  <dimension ref="A1:B898"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>REF_AREA</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Zone géographique de référence</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -34961,5346 +35033,5370 @@
         <is>
           <t>HU</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
           <t>Hongrie</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
           <t>Zone Euro 11 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>I19</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Euro area 11 (fixed composition) not allocated</t>
+          <t>Zone euro à 21 (composition fixe) au 1er janvier 2026</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I19</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Zone Euro 12 (Composition fixe)</t>
+          <t>Euro area 11 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>I29</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Euro area 12 (fixed composition) not allocated</t>
+          <t>Zone Euro 12 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>I29</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Zone Euro 13 (Composition fixe)</t>
+          <t>Euro area 12 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>I39</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Euro area 13 (fixed composition) not allocated</t>
+          <t>Zone Euro 13 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>I4</t>
+          <t>I39</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Zone Euro 15(Composition fixe)</t>
+          <t>Euro area 13 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>I49</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Euro area 15 (fixed composition) not allocated</t>
+          <t>Zone Euro 15(Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I49</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Zone Euro 16 (Composition fixe)</t>
+          <t>Euro area 15 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>I59</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Euro area 16 (fixed composition) not allocated</t>
+          <t>Zone Euro 16 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>I6</t>
+          <t>I59</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Zone Euro 17 (Composition fixe)</t>
+          <t>Euro area 16 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>I69</t>
+          <t>I6</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Euro area 17 (fixed composition) not allocated</t>
+          <t>Zone Euro 17 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I69</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Zone Euro 18 (Composition fixe)</t>
+          <t>Euro area 17 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>I79</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Euro area 18 (fixed composition) not allocated</t>
+          <t>Zone Euro 18 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>I79</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Zone Euro 19 (Composition fixe)</t>
+          <t>Euro area 18 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>I89</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Euro area 19 (fixed composition) not allocated</t>
+          <t>Zone Euro 19 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>I9</t>
+          <t>I89</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Zone euro 20 (composition fixe) au 1er janvier 2023</t>
+          <t>Euro area 19 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>I99</t>
+          <t>I9</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Zone euro 20 (composition fixe) non affecté au 1er janvier 2023</t>
+          <t>Zone euro 20 (composition fixe) au 1er janvier 2023</t>
         </is>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>ID</t>
+          <t>I99</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Indonesia</t>
+          <t>Zone euro 20 (composition fixe) non affecté au 1er janvier 2023</t>
         </is>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>ID</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Irlande</t>
+          <t>Indonesia</t>
         </is>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>IL</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Israël</t>
+          <t>Irlande</t>
         </is>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>IM</t>
+          <t>IL</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Île de Man</t>
+          <t>Israël</t>
         </is>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>IN</t>
+          <t>IM</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Inde</t>
+          <t>Île de Man</t>
         </is>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>IO</t>
+          <t>IN</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Océan Indien, Territoire Britannique de L`</t>
+          <t>Inde</t>
         </is>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>IQ</t>
+          <t>IO</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Iraq</t>
+          <t>Océan Indien, Territoire Britannique de L`</t>
         </is>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>IR</t>
+          <t>IQ</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Iran, République Islamique d`</t>
+          <t>Iraq</t>
         </is>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>IS</t>
+          <t>IR</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Islande</t>
+          <t>Iran, République Islamique d`</t>
         </is>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>IS</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Italie</t>
+          <t>Islande</t>
         </is>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>J1</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Hors Zone Euro 11 (Composition fixe)</t>
+          <t>Italie</t>
         </is>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>J19</t>
+          <t>J1</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Extra-Euro area 11 (fixed composition) not allocated</t>
+          <t>Hors Zone Euro 11 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J10</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Hors Zone Euro 12 (Composition fixe)</t>
+          <t>Extra zone euro à 21 (composition fixe) au 1er janvier 2026</t>
         </is>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>J29</t>
+          <t>J19</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Extra-Euro area 12 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 11 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Hors Zone Euro 13 (Composition fixe)</t>
+          <t>Hors Zone Euro 12 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>J39</t>
+          <t>J29</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Extra-Euro area 13 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 12 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>J4</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Hors Zone Euro 15 (Composition fixe)</t>
+          <t>Hors Zone Euro 13 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>J49</t>
+          <t>J39</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Extra-Euro area 15 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 13 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>J5</t>
+          <t>J4</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Hors Zone Euro 16 (Composition fixe)</t>
+          <t>Hors Zone Euro 15 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>J59</t>
+          <t>J49</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Extra-Euro area 16 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 15 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>J6</t>
+          <t>J5</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Hors Zone Euro 17 (Composition fixe)</t>
+          <t>Hors Zone Euro 16 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>J69</t>
+          <t>J59</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Extra-Euro area 17 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 16 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>J7</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Extra-Euro area 18 (fixed composition)</t>
+          <t>Hors Zone Euro 17 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>J79</t>
+          <t>J69</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Extra-Euro area 18 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 17 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>J7</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Extra-Euro area 19 (fixed composition)</t>
+          <t>Extra-Euro area 18 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>J89</t>
+          <t>J79</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Extra-Euro area 19 (fixed composition) not allocated</t>
+          <t>Extra-Euro area 18 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>J9</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Zone extra-euro 20 (composition fixe) au 1er janvier 2023</t>
+          <t>Extra-Euro area 19 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>J99</t>
+          <t>J89</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Zone extra-euro 20 (composition fixe) non affecté au 1er janvier 2023</t>
+          <t>Extra-Euro area 19 (fixed composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>JE</t>
+          <t>J9</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>Jersey</t>
+          <t>Zone extra-euro 20 (composition fixe) au 1er janvier 2023</t>
         </is>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>JM</t>
+          <t>J99</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Jamaïque</t>
+          <t>Zone extra-euro 20 (composition fixe) non affecté au 1er janvier 2023</t>
         </is>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>JO</t>
+          <t>JE</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Jordanie</t>
+          <t>Jersey</t>
         </is>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>JP</t>
+          <t>JM</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Japon</t>
+          <t>Jamaïque</t>
         </is>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>K1</t>
+          <t>JO</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>EU member states not belonging to Euro area 11 (fixed composition)</t>
+          <t>Jordanie</t>
         </is>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>JP</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>EU27 member states, as of 31 January 2020 (brexit), not belonging to Euro area 19 (fixed composition)</t>
+          <t>Japon</t>
         </is>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>K11</t>
+          <t>K1</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>EU27 member states not belonging to Euro area 20 (fixed composition) as of 1 January 2023</t>
+          <t>EU member states not belonging to Euro area 11 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>K2</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>EU member states not belonging to Euro area 12 (fixed composition)</t>
+          <t>EU27 member states, as of 31 January 2020 (brexit), not belonging to Euro area 19 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>K3</t>
+          <t>K11</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>EU member states not belonging to Euro area 13 (fixed composition)</t>
+          <t>EU27 member states not belonging to Euro area 20 (fixed composition) as of 1 January 2023</t>
         </is>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>K4</t>
+          <t>K2</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>EU member states not belonging to Euro area 15 (fixed composition)</t>
+          <t>EU member states not belonging to Euro area 12 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>K5</t>
+          <t>K3</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>EU member states not belonging to Euro area 16 (fixed composition)</t>
+          <t>EU member states not belonging to Euro area 13 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>K6</t>
+          <t>K4</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>EU27 member states not belonging to Euro area 17 (fixed composition)</t>
+          <t>EU member states not belonging to Euro area 15 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>K7</t>
+          <t>K5</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>EU28 member states not belonging to Euro area 17 (fixed composition)</t>
+          <t>EU member states not belonging to Euro area 16 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>K8</t>
+          <t>K6</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>EU28 member states not belonging to Euro area 18 (fixed composition)</t>
+          <t>EU27 member states not belonging to Euro area 17 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>K8A</t>
+          <t>K7</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Other EU countries:  EU28 member states not belonging to Euro area 18 (fixed composition) - United Kingdom - EU institutions</t>
+          <t>EU28 member states not belonging to Euro area 17 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>K8</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>EU28 member states not belonging to Euro area 19 (fixed composition)</t>
+          <t>EU28 member states not belonging to Euro area 18 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>K9A</t>
+          <t>K8A</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>EU28 member states not belonging to Euro area 19 (fixed composition) - United Kingdom - EU institutions</t>
+          <t>Other EU countries:  EU28 member states not belonging to Euro area 18 (fixed composition) - United Kingdom - EU institutions</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>KE</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Kenya</t>
+          <t>EU28 member states not belonging to Euro area 19 (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>KG</t>
+          <t>K9A</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Kirghizistan</t>
+          <t>EU28 member states not belonging to Euro area 19 (fixed composition) - United Kingdom - EU institutions</t>
         </is>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>KH</t>
+          <t>KE</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Cambodge</t>
+          <t>Kenya</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>KI</t>
+          <t>KG</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Kiribati</t>
+          <t>Kirghizistan</t>
         </is>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>KM</t>
+          <t>KH</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Comores</t>
+          <t>Cambodge</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>KN</t>
+          <t>KI</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Saint-Kitts-et-Nevis</t>
+          <t>Kiribati</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>KP</t>
+          <t>KM</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Corée, République Populaire Démocratique de</t>
+          <t>Comores</t>
         </is>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>KR</t>
+          <t>KN</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Corée, République de</t>
+          <t>Saint-Kitts-et-Nevis</t>
         </is>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>KW</t>
+          <t>KP</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Koweït</t>
+          <t>Corée, République Populaire Démocratique de</t>
         </is>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>KY</t>
+          <t>KR</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Caïmanes, Îles</t>
+          <t>Corée, République de</t>
         </is>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>KZ</t>
+          <t>KW</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Kazakhstan</t>
+          <t>Koweït</t>
         </is>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>L0</t>
+          <t>KY</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Autres états membres de lazone Euro (tous pays excepté zone de référence)</t>
+          <t>Caïmanes, Îles</t>
         </is>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>L1</t>
+          <t>KZ</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 11 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Kazakhstan</t>
         </is>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>L2</t>
+          <t>L0</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 12 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Autres états membres de lazone Euro (tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>L3</t>
+          <t>L1</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 13 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Autres états membres de la Zone Euro 11 (Composition fixe - tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>L4</t>
+          <t>L2</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 15 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Autres états membres de la Zone Euro 12 (Composition fixe - tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>L5</t>
+          <t>L3</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 16 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Autres états membres de la Zone Euro 13 (Composition fixe - tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>L6</t>
+          <t>L4</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Autres états membres de la Zone Euro 17 (Composition fixe - tous pays excepté zone de référence)</t>
+          <t>Autres états membres de la Zone Euro 15 (Composition fixe - tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>L7</t>
+          <t>L5</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Other Euro area 18 member states (fixed composition - all countries except the reference area)</t>
+          <t>Autres états membres de la Zone Euro 16 (Composition fixe - tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>L8</t>
+          <t>L6</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Other Euro area 19 member states (fixed composition - all countries except the reference area)</t>
+          <t>Autres états membres de la Zone Euro 17 (Composition fixe - tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>LA</t>
+          <t>L7</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Lao, République Démocratique Populaire</t>
+          <t>Other Euro area 18 member states (fixed composition - all countries except the reference area)</t>
         </is>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>LB</t>
+          <t>L8</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Liban</t>
+          <t>Other Euro area 19 member states (fixed composition - all countries except the reference area)</t>
         </is>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>LC</t>
+          <t>LA</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Sainte-Lucie</t>
+          <t>Lao, République Démocratique Populaire</t>
         </is>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>LI</t>
+          <t>LB</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Liechtenstein</t>
+          <t>Liban</t>
         </is>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>LK</t>
+          <t>LC</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Sainte-Lucie</t>
         </is>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>LR</t>
+          <t>LI</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Libéria</t>
+          <t>Liechtenstein</t>
         </is>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>LS</t>
+          <t>LK</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>LT</t>
+          <t>LR</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Lituanie</t>
+          <t>Libéria</t>
         </is>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>LU</t>
+          <t>LS</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Luxembourg</t>
+          <t>Lesotho</t>
         </is>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>LV</t>
+          <t>LT</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Lettonie</t>
+          <t>Lituanie</t>
         </is>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>LY</t>
+          <t>LU</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Libyenne, Jamahiriya Arabe</t>
+          <t>Luxembourg</t>
         </is>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>M0</t>
+          <t>LV</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 15 et zone de référence</t>
+          <t>Lettonie</t>
         </is>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>M1</t>
+          <t>LY</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 11 (Composition fixe) et zone de référence</t>
+          <t>Libyenne, Jamahiriya Arabe</t>
         </is>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>M2</t>
+          <t>M0</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 12 (Composition fixe) et zone de référence</t>
+          <t>Toutes zones autres que Zone Euro 15 et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>M3</t>
+          <t>M1</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 13 (Composition fixe) et zone de référence</t>
+          <t>Toutes zones autres que Zone Euro 11 (Composition fixe) et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>M4</t>
+          <t>M2</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 15 (Composition fixe) et zone de référence</t>
+          <t>Toutes zones autres que Zone Euro 12 (Composition fixe) et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>M5</t>
+          <t>M3</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 16 (Composition fixe) et zone de référence</t>
+          <t>Toutes zones autres que Zone Euro 13 (Composition fixe) et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>M6</t>
+          <t>M4</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro 17 (Composition fixe) et zone de référence</t>
+          <t>Toutes zones autres que Zone Euro 15 (Composition fixe) et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>M7</t>
+          <t>M5</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>All areas other than Euro area 18 (fixed composition) and reference/home area</t>
+          <t>Toutes zones autres que Zone Euro 16 (Composition fixe) et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>M8</t>
+          <t>M6</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>All areas other than Euro area 19 (fixed composition) and reference/home area</t>
+          <t>Toutes zones autres que Zone Euro 17 (Composition fixe) et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>MA</t>
+          <t>M7</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Maroc</t>
+          <t>All areas other than Euro area 18 (fixed composition) and reference/home area</t>
         </is>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>MC</t>
+          <t>M8</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Monaco</t>
+          <t>All areas other than Euro area 19 (fixed composition) and reference/home area</t>
         </is>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>MD</t>
+          <t>MA</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Moldova, Républic de</t>
+          <t>Maroc</t>
         </is>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>MC</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Monténégro</t>
+          <t>Monaco</t>
         </is>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>MF</t>
+          <t>MD</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Saint-Martin</t>
+          <t>Moldova, Républic de</t>
         </is>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>MG</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Madagascar</t>
+          <t>Monténégro</t>
         </is>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>MH</t>
+          <t>MF</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Marshall, Îles</t>
+          <t>Saint-Martin</t>
         </is>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>MK</t>
+          <t>MG</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Macédoine, L`Ex-République Yougoslave de</t>
+          <t>Madagascar</t>
         </is>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>ML</t>
+          <t>MH</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Marshall, Îles</t>
         </is>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>MM</t>
+          <t>MK</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Macédoine, L`Ex-République Yougoslave de</t>
         </is>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>MN</t>
+          <t>ML</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Mongolie</t>
+          <t>Mali</t>
         </is>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>MO</t>
+          <t>MM</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Macao</t>
+          <t>Myanmar</t>
         </is>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>MP</t>
+          <t>MN</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Mariannes du Nord, Îles</t>
+          <t>Mongolie</t>
         </is>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>MQ</t>
+          <t>MO</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Martinique (MQ)</t>
+          <t>Macao</t>
         </is>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>MR</t>
+          <t>MP</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Mauritanie</t>
+          <t>Mariannes du Nord, Îles</t>
         </is>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>MS</t>
+          <t>MQ</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Montserrat</t>
+          <t>Martinique (MQ)</t>
         </is>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>MT</t>
+          <t>MR</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Malte</t>
+          <t>Mauritanie</t>
         </is>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>MU</t>
+          <t>MS</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Maurice</t>
+          <t>Montserrat</t>
         </is>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>MV</t>
+          <t>MT</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Maldives</t>
+          <t>Malte</t>
         </is>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>MW</t>
+          <t>MU</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Malawi</t>
+          <t>Maurice</t>
         </is>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>MX</t>
+          <t>MV</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Mexique</t>
+          <t>Maldives</t>
         </is>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>MW</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Malaisie</t>
+          <t>Malawi</t>
         </is>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>MY1</t>
+          <t>MX</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Sabah</t>
+          <t>Mexique</t>
         </is>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>MY2</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Sarawak</t>
+          <t>Malaisie</t>
         </is>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>MZ</t>
+          <t>MY1</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Mozambique</t>
+          <t>Sabah</t>
         </is>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>N01</t>
+          <t>MY2</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>France Métropolitaine</t>
+          <t>Sarawak</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>N0T</t>
+          <t>MZ</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>Mozambique</t>
         </is>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>N1</t>
+          <t>N01</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>CEMAC (Communauté Économique et Monétaire de l'Afrique Centrale)</t>
+          <t>France Métropolitaine</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>N2</t>
+          <t>N0T</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>ECCU (Eastern Caribbean Currency Union)</t>
+          <t>National</t>
         </is>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>N1</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Namibie</t>
+          <t>CEMAC (Communauté Économique et Monétaire de l'Afrique Centrale)</t>
         </is>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>NC</t>
+          <t>N2</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Nouvelle-Calédonie</t>
+          <t>ECCU (Eastern Caribbean Currency Union)</t>
         </is>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>NE</t>
+          <t>NA</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Niger</t>
+          <t>Namibie</t>
         </is>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>NF</t>
+          <t>NC</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Norfolk, Île</t>
+          <t>Nouvelle-Calédonie</t>
         </is>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>NG</t>
+          <t>NE</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Nigéria</t>
+          <t>Niger</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>NF</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Nicaragua</t>
+          <t>Norfolk, Île</t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>NG</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Pays-Bas</t>
+          <t>Nigéria</t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Norvège</t>
+          <t>Nicaragua</t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Népal</t>
+          <t>Pays-Bas</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>NR</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Nauru</t>
+          <t>Norvège</t>
         </is>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>NU</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>Niué</t>
+          <t>Népal</t>
         </is>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>NZ</t>
+          <t>NR</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Nouvelle-Zélande</t>
+          <t>Nauru</t>
         </is>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>O1</t>
+          <t>NU</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Australia, Oceania and polar regions</t>
+          <t>Niué</t>
         </is>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>O19</t>
+          <t>NZ</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Australia, Oceania and polar regions not allocated</t>
+          <t>Nouvelle-Zélande</t>
         </is>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>O1P</t>
+          <t>O1</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Polar regions</t>
+          <t>Australia, Oceania and polar regions</t>
         </is>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>O1X0</t>
+          <t>O19</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Australia, Oceania and Polar regions Excluding OECD countries</t>
+          <t>Australia, Oceania and polar regions not allocated</t>
         </is>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>O2</t>
+          <t>O1P</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Oceania and Polar Regions</t>
+          <t>Polar regions</t>
         </is>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>O29</t>
+          <t>O1X0</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Oceania and Polar Regions not allocated</t>
+          <t>Australia, Oceania and Polar regions Excluding OECD countries</t>
         </is>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>O3</t>
+          <t>O2</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Oceania</t>
+          <t>Oceania and Polar Regions</t>
         </is>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>O39</t>
+          <t>O29</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>Oceania not allocated</t>
+          <t>Oceania and Polar Regions not allocated</t>
         </is>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>O3A</t>
+          <t>O3</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Australian Oceania</t>
+          <t>Oceania</t>
         </is>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>O3M</t>
+          <t>O39</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>American Oceania</t>
+          <t>Oceania not allocated</t>
         </is>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>O3Z</t>
+          <t>O3A</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>New Zealand Oceania</t>
+          <t>Australian Oceania</t>
         </is>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>O5</t>
+          <t>O3M</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>Other Oceania</t>
+          <t>American Oceania</t>
         </is>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>O6</t>
+          <t>O3Z</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Australia and New Zealand deprecated</t>
+          <t>New Zealand Oceania</t>
         </is>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>O69</t>
+          <t>O5</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>Australia and New Zealand not allocated deprecated</t>
+          <t>Other Oceania</t>
         </is>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>O6X0</t>
+          <t>O6</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>Australia and New Zealand Excluding OECD countries deprecated</t>
+          <t>Australia and New Zealand deprecated</t>
         </is>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>O7</t>
+          <t>O69</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Melanesia deprecated</t>
+          <t>Australia and New Zealand not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>O79</t>
+          <t>O6X0</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>Melanesia  not allocated deprecated</t>
+          <t>Australia and New Zealand Excluding OECD countries deprecated</t>
         </is>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>O8</t>
+          <t>O7</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Micronesia deprecated</t>
+          <t>Melanesia deprecated</t>
         </is>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>O89</t>
+          <t>O79</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Micronesia  not allocated deprecated</t>
+          <t>Melanesia  not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>O9</t>
+          <t>O8</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Polynesia deprecated</t>
+          <t>Micronesia deprecated</t>
         </is>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>O99</t>
+          <t>O89</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Polynesia not allocated deprecated</t>
+          <t>Micronesia  not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>OM</t>
+          <t>O9</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Oman</t>
+          <t>Polynesia deprecated</t>
         </is>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>P0</t>
+          <t>O99</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>OECD countries (evolving composition)</t>
+          <t>Polynesia not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>P09</t>
+          <t>OM</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>OECD not allocated deprecated</t>
+          <t>Oman</t>
         </is>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>P1</t>
+          <t>P0</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>OECD countries (fixed composition)</t>
+          <t>OECD countries (evolving composition)</t>
         </is>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>P2</t>
+          <t>P09</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>OECD Key partners</t>
+          <t>OECD not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>P3</t>
+          <t>P1</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>DAC Reporting Countries</t>
+          <t>OECD countries (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>P8</t>
+          <t>P2</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>World Excluding OECD countries</t>
+          <t>OECD Key partners</t>
         </is>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>P9</t>
+          <t>P3</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>World Excluding OECD countries (fixed composition)</t>
+          <t>DAC Reporting Countries</t>
         </is>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>PA</t>
+          <t>P8</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>Panama</t>
+          <t>World Excluding OECD countries</t>
         </is>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>PE</t>
+          <t>P9</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>Pérou</t>
+          <t>World Excluding OECD countries (fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>PF</t>
+          <t>PA</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>Polynésie Française</t>
+          <t>Panama</t>
         </is>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>PG</t>
+          <t>PE</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Papouasie-Nouvelle-Guinée</t>
+          <t>Pérou</t>
         </is>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>PH</t>
+          <t>PF</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Polynésie Française</t>
         </is>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>PK</t>
+          <t>PG</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Papouasie-Nouvelle-Guinée</t>
         </is>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>PH</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Pologne</t>
+          <t>Philippines</t>
         </is>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>PM</t>
+          <t>PK</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Saint-Pierre-et-Miquelon</t>
+          <t>Pakistan</t>
         </is>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>PN</t>
+          <t>PL</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Pitcairn</t>
+          <t>Pologne</t>
         </is>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>PR</t>
+          <t>PM</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>Porto Rico</t>
+          <t>Saint-Pierre-et-Miquelon</t>
         </is>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>PS</t>
+          <t>PN</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>Palestinien Occupé, Territoire</t>
+          <t>Pitcairn</t>
         </is>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>PR</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Portugal</t>
+          <t>Porto Rico</t>
         </is>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>PS</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Palaos</t>
+          <t>Palestinien Occupé, Territoire</t>
         </is>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>PY</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>Paraguay</t>
+          <t>Portugal</t>
         </is>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>Q1</t>
+          <t>PW</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>EU 27 member states, outside the euro area 13, excluding DK, SE, GB (CY,CZ,EE,HU,LV,LT,MT,PL,SK,RO,BG)</t>
+          <t>Palaos</t>
         </is>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>Q2</t>
+          <t>PY</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>EU 27 member states, outside the euro area 15, excluding DK, SE, GB (CZ,EE,HU,LV,LT,PL,SK,RO,BG)</t>
+          <t>Paraguay</t>
         </is>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>Q3</t>
+          <t>Q1</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>EU 27 member states, outside the euro area 16, excluding DK, SE, GB (CZ,EE,HU,LV,LT,PL,RO,BG)</t>
+          <t>EU 27 member states, outside the euro area 13, excluding DK, SE, GB (CY,CZ,EE,HU,LV,LT,MT,PL,SK,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>Q4</t>
+          <t>Q2</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>EU 27 member states, outside the euro area 17, excluding DK, SE, GB (CZ,HU,LV,LT,PL,RO,BG)</t>
+          <t>EU 27 member states, outside the euro area 15, excluding DK, SE, GB (CZ,EE,HU,LV,LT,PL,SK,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>Q5</t>
+          <t>Q3</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>EU 28 member states, outside the euro area 17, excluding DK, SE, GB (CZ,HR,HU,LV,LT,PL,RO,BG)</t>
+          <t>EU 27 member states, outside the euro area 16, excluding DK, SE, GB (CZ,EE,HU,LV,LT,PL,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>Q6</t>
+          <t>Q4</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>EU 28 member states, outside the euro area 18, excluding DK, SE, GB (CZ,HR,HU,LT,PL,RO,BG)</t>
+          <t>EU 27 member states, outside the euro area 17, excluding DK, SE, GB (CZ,HU,LV,LT,PL,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>Q7</t>
+          <t>Q5</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>EU 28 member states, outside the euro area 19, excluding DK, SE, GB (CZ,HR,HU,PL,RO,BG)</t>
+          <t>EU 28 member states, outside the euro area 17, excluding DK, SE, GB (CZ,HR,HU,LV,LT,PL,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>QA</t>
+          <t>Q6</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Qatar</t>
+          <t>EU 28 member states, outside the euro area 18, excluding DK, SE, GB (CZ,HR,HU,LT,PL,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>R01</t>
+          <t>Q7</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Guadeloupe - Région</t>
+          <t>EU 28 member states, outside the euro area 19, excluding DK, SE, GB (CZ,HR,HU,PL,RO,BG)</t>
         </is>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>R02</t>
+          <t>QA</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Martinique - Région</t>
+          <t>Qatar</t>
         </is>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>R03</t>
+          <t>R01</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Guyane - Région</t>
+          <t>Guadeloupe - Région</t>
         </is>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>R04</t>
+          <t>R02</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Réunion - Région</t>
+          <t>Martinique - Région</t>
         </is>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>R1</t>
+          <t>R03</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Belgo-Luxembourg Economic Union</t>
+          <t>Guyane - Région</t>
         </is>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>R109</t>
+          <t>R04</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>Belgium-Luxembourg not allocated</t>
+          <t>Réunion - Région</t>
         </is>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>R11</t>
+          <t>R1</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Ile-de-France</t>
+          <t>Belgo-Luxembourg Economic Union</t>
         </is>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>R12</t>
+          <t>R109</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Offshore financial centers</t>
+          <t>Belgium-Luxembourg not allocated</t>
         </is>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>R13</t>
+          <t>R11</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>French Franc zone</t>
+          <t>Ile-de-France</t>
         </is>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>R14</t>
+          <t>R12</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Community of Independent States (CIS)</t>
+          <t>Offshore financial centers</t>
         </is>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>R14M</t>
+          <t>R13</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>CIS</t>
+          <t>French Franc zone</t>
         </is>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>R15</t>
+          <t>R14</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Mercado comun de los paises del cono sur</t>
+          <t>Community of Independent States (CIS)</t>
         </is>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>R16</t>
+          <t>R14M</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>APEC (Asia-Pacific Economic Co-operation)</t>
+          <t>CIS</t>
         </is>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>R17</t>
+          <t>R15</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Mediterranean countries in the European Unionro-Mediterranean Partnership</t>
+          <t>Mercado comun de los paises del cono sur</t>
         </is>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>R18</t>
+          <t>R16</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>SADC (South African Development Community)</t>
+          <t>APEC (Asia-Pacific Economic Co-operation)</t>
         </is>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>R19</t>
+          <t>R17</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>EAC (East African Community) deprecated</t>
+          <t>Mediterranean countries in the European Unionro-Mediterranean Partnership</t>
         </is>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>R2</t>
+          <t>R18</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>EFTA (European Free Trade Association)</t>
+          <t>SADC (South African Development Community)</t>
         </is>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>R21</t>
+          <t>R19</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>Champagne-Ardenne</t>
+          <t>EAC (East African Community) deprecated</t>
         </is>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>R22</t>
+          <t>R2</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>Picardie</t>
+          <t>EFTA (European Free Trade Association)</t>
         </is>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>R220</t>
+          <t>R21</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>G20 excluding European Union</t>
+          <t>Champagne-Ardenne</t>
         </is>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>R221</t>
+          <t>R22</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>G20 OECD countries</t>
+          <t>Picardie</t>
         </is>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>R222</t>
+          <t>R220</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>G20 Non-OECD countries</t>
+          <t>G20 excluding European Union</t>
         </is>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>R23</t>
+          <t>R221</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Haute-Normandie</t>
+          <t>G20 OECD countries</t>
         </is>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>R24</t>
+          <t>R222</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Centre</t>
+          <t>G20 Non-OECD countries</t>
         </is>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>R25</t>
+          <t>R23</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Basse-Normandie</t>
+          <t>Haute-Normandie</t>
         </is>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>R251</t>
+          <t>R24</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>ODA recipients-Europe</t>
+          <t>Centre</t>
         </is>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>R252</t>
+          <t>R25</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>ODA recipients-Africa</t>
+          <t>Basse-Normandie</t>
         </is>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>R253</t>
+          <t>R251</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>ODA recipients-America</t>
+          <t>ODA recipients-Europe</t>
         </is>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>R254</t>
+          <t>R252</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>ODA recipients-Asia</t>
+          <t>ODA recipients-Africa</t>
         </is>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>R255</t>
+          <t>R253</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>ODA recipients-Oceania</t>
+          <t>ODA recipients-America</t>
         </is>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>R26</t>
+          <t>R254</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Bourgogne</t>
+          <t>ODA recipients-Asia</t>
         </is>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>R27</t>
+          <t>R255</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Bourgogne-Franche-Comté</t>
+          <t>ODA recipients-Oceania</t>
         </is>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>R28</t>
+          <t>R26</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Normandie</t>
+          <t>Bourgogne</t>
         </is>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>R3</t>
+          <t>R27</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>NAFTA (North American Free Trade Association)</t>
+          <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>R31</t>
+          <t>R28</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Nord-Pas-de-Calais</t>
+          <t>Normandie</t>
         </is>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>R32</t>
+          <t>R3</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Nord-Pas-De-Calais-Picardie</t>
+          <t>NAFTA (North American Free Trade Association)</t>
         </is>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>R4</t>
+          <t>R31</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>ASEAN (Countries for the Association of South-East Asian Nations)</t>
+          <t>Nord-Pas-de-Calais</t>
         </is>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>R41</t>
+          <t>R32</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Lorraine</t>
+          <t>Nord-Pas-De-Calais-Picardie</t>
         </is>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>R42</t>
+          <t>R4</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Alsace</t>
+          <t>ASEAN (Countries for the Association of South-East Asian Nations)</t>
         </is>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>R43</t>
+          <t>R41</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Franche-Comte</t>
+          <t>Lorraine</t>
         </is>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>R44</t>
+          <t>R42</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Alsace-Champagne-Ardenne-Lorraine</t>
+          <t>Alsace</t>
         </is>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>R45</t>
+          <t>R43</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>ASEAN-5</t>
+          <t>Franche-Comte</t>
         </is>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>R5</t>
+          <t>R44</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>OPEC (Organization of Petroleum Exporting Countries)</t>
+          <t>Alsace-Champagne-Ardenne-Lorraine</t>
         </is>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>R52</t>
+          <t>R45</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Pays de La Loire</t>
+          <t>ASEAN-5</t>
         </is>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>R53</t>
+          <t>R5</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Bretagne</t>
+          <t>OPEC (Organization of Petroleum Exporting Countries)</t>
         </is>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>R54</t>
+          <t>R52</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Poitou-Charentes</t>
+          <t>Pays de La Loire</t>
         </is>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>R6</t>
+          <t>R53</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>ACP (African, Caribbean and Pacific countries, Lomé convention)</t>
+          <t>Bretagne</t>
         </is>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>R61</t>
+          <t>R54</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>African ACP countries</t>
+          <t>Poitou-Charentes</t>
         </is>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>R62</t>
+          <t>R6</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>Caribbean ACP countries</t>
+          <t>ACP (African, Caribbean and Pacific countries, Lomé convention)</t>
         </is>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>R63</t>
+          <t>R61</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>Pacific ACP countries</t>
+          <t>African ACP countries</t>
         </is>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>R7</t>
+          <t>R62</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>BRIC</t>
+          <t>Caribbean ACP countries</t>
         </is>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>R72</t>
+          <t>R63</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>Aquitaine</t>
+          <t>Pacific ACP countries</t>
         </is>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>R73</t>
+          <t>R7</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>Midi-Pyrenees</t>
+          <t>BRIC</t>
         </is>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>R74</t>
+          <t>R72</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>Limousin</t>
+          <t>Aquitaine</t>
         </is>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>R75</t>
+          <t>R73</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>Aquitaine-Limousin-Poitou-Charentes</t>
+          <t>Midi-Pyrenees</t>
         </is>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>R76</t>
+          <t>R74</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Languedoc-Roussillon-Midi-Pyrénées</t>
+          <t>Limousin</t>
         </is>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>R8</t>
+          <t>R75</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>BRICS deprecated</t>
+          <t>Aquitaine-Limousin-Poitou-Charentes</t>
         </is>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>R82</t>
+          <t>R76</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Rhone-Alpes</t>
+          <t>Languedoc-Roussillon-Midi-Pyrénées</t>
         </is>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>R83</t>
+          <t>R8</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Auvergne</t>
+          <t>BRICS deprecated</t>
         </is>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>R84</t>
+          <t>R82</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Auvergne-Rhône-Alpes</t>
+          <t>Rhone-Alpes</t>
         </is>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>R9</t>
+          <t>R83</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Core Newly Industrializing Countries</t>
+          <t>Auvergne</t>
         </is>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>R91</t>
+          <t>R84</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Languedoc-Roussillon</t>
+          <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>R93</t>
+          <t>R9</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Provence-Alpes-Cote d`Azur</t>
+          <t>Core Newly Industrializing Countries</t>
         </is>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>R94</t>
+          <t>R91</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Corse</t>
+          <t>Languedoc-Roussillon</t>
         </is>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>R97</t>
+          <t>R93</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>DOM et Mayotte</t>
+          <t>Provence-Alpes-Cote d`Azur</t>
         </is>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>RE</t>
+          <t>R94</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Réunion (RE)</t>
+          <t>Corse</t>
         </is>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>RO</t>
+          <t>R97</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>Roumanie</t>
+          <t>DOM et Mayotte</t>
         </is>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="inlineStr">
         <is>
-          <t>RS</t>
+          <t>RE</t>
         </is>
       </c>
       <c r="B716" t="inlineStr">
         <is>
-          <t>Serbie</t>
+          <t>Réunion (RE)</t>
         </is>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="inlineStr">
         <is>
-          <t>RU</t>
+          <t>RO</t>
         </is>
       </c>
       <c r="B717" t="inlineStr">
         <is>
-          <t>Russie, Fédération de</t>
+          <t>Roumanie</t>
         </is>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="inlineStr">
         <is>
-          <t>RW</t>
+          <t>RS</t>
         </is>
       </c>
       <c r="B718" t="inlineStr">
         <is>
-          <t>Rwanda</t>
+          <t>Serbie</t>
         </is>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>S1</t>
+          <t>RU</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>Asia</t>
+          <t>Russie, Fédération de</t>
         </is>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>S1312</t>
+          <t>RW</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>Administrations d’États fédérés</t>
+          <t>Rwanda</t>
         </is>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>S19</t>
+          <t>S1</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>Asia not allocated</t>
+          <t>Asia</t>
         </is>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>S198</t>
+          <t>S1312</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>Asian NICs of the second wave of industrialization</t>
+          <t>Administrations d’États fédérés</t>
         </is>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>S1X</t>
+          <t>S19</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>Asia Excluding OECD countries</t>
+          <t>Asia not allocated</t>
         </is>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>S1X0</t>
+          <t>S198</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>Asia Excluding OECD countries (Fixed composition)</t>
+          <t>Asian NICs of the second wave of industrialization</t>
         </is>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>S1X2</t>
+          <t>S1X</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>Asia excl. Japan</t>
+          <t>Asia Excluding OECD countries</t>
         </is>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>S1X3</t>
+          <t>S1X0</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>Asia excl. Japan</t>
+          <t>Asia Excluding OECD countries (Fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>S2</t>
+          <t>S1X2</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>Eastern Asia</t>
+          <t>Asia excl. Japan</t>
         </is>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>S29</t>
+          <t>S1X3</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>Eastern Asia not allocated</t>
+          <t>Asia excl. Japan</t>
         </is>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>S2X</t>
+          <t>S2</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>Eastern Asia Excluding OECD countries deprecated</t>
+          <t>Eastern Asia</t>
         </is>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>S3</t>
+          <t>S29</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>Near and Middle East countries</t>
+          <t>Eastern Asia not allocated</t>
         </is>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>S349</t>
+          <t>S2X</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>Area S349</t>
+          <t>Eastern Asia Excluding OECD countries deprecated</t>
         </is>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>S35</t>
+          <t>S3</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>Gulf Arabian Countries</t>
+          <t>Near and Middle East countries</t>
         </is>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>S359</t>
+          <t>S349</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>Gulf Arabian Countriesnot allocated deprecated</t>
+          <t>Area S349</t>
         </is>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>S35E</t>
+          <t>S35</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>Persian Gulf Economies (CDIS)</t>
+          <t>Gulf Arabian Countries</t>
         </is>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>S35E9</t>
+          <t>S359</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>Persian Gulf Economies Not Allocated (CDIS)</t>
+          <t>Gulf Arabian Countriesnot allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>S369</t>
+          <t>S35E</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>Area S369</t>
+          <t>Persian Gulf Economies (CDIS)</t>
         </is>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>S37</t>
+          <t>S35E9</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>Other Near and Middle East countries</t>
+          <t>Persian Gulf Economies Not Allocated (CDIS)</t>
         </is>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>S379</t>
+          <t>S369</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>Other Near and Middle East not allocated  deprecated</t>
+          <t>Area S369</t>
         </is>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>S37E</t>
+          <t>S37</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>Other Near and Middle East Economies (CDIS)</t>
+          <t>Other Near and Middle East countries</t>
         </is>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>S37E9</t>
+          <t>S379</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>Other Near and Middle East Economies Not Allocated (CDIS)</t>
+          <t>Other Near and Middle East not allocated  deprecated</t>
         </is>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>S37X</t>
+          <t>S37E</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>Other Near and Middle East Excluding OECD countries</t>
+          <t>Other Near and Middle East Economies (CDIS)</t>
         </is>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>S37Z</t>
+          <t>S37E9</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>Other Near and Middle East Excluding OECD countries (Fixed composition)</t>
+          <t>Other Near and Middle East Economies Not Allocated (CDIS)</t>
         </is>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>S39</t>
+          <t>S37X</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>Near and Middle East not allocated  deprecated</t>
+          <t>Other Near and Middle East Excluding OECD countries</t>
         </is>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>S3X</t>
+          <t>S37Z</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>Near andMiddle East Excluding OECD countries</t>
+          <t>Other Near and Middle East Excluding OECD countries (Fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>S3X0</t>
+          <t>S39</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>Near and Middle East Excluding OECD countries (Fixed composition)</t>
+          <t>Near and Middle East not allocated  deprecated</t>
         </is>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>S4</t>
+          <t>S3X</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>Central Asia deprecated</t>
+          <t>Near andMiddle East Excluding OECD countries</t>
         </is>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>S49</t>
+          <t>S3X0</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>Central Asia not allocated deprecated</t>
+          <t>Near and Middle East Excluding OECD countries (Fixed composition)</t>
         </is>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>S5</t>
+          <t>S4</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>Central</t>
+          <t>Central Asia deprecated</t>
         </is>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>S59</t>
+          <t>S49</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>Central</t>
+          <t>Central Asia not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>S6</t>
+          <t>S5</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>Other Asian countries</t>
+          <t>Central</t>
         </is>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>S6X</t>
+          <t>S59</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>Other Asian countries excluding OECD countries</t>
+          <t>Central</t>
         </is>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>S7</t>
+          <t>S6</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>Southern Asia deprecated</t>
+          <t>Other Asian countries</t>
         </is>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>S79</t>
+          <t>S6X</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>Southern Asia not allocated deprecated</t>
+          <t>Other Asian countries excluding OECD countries</t>
         </is>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>S8</t>
+          <t>S7</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>South-Eastern Asia  deprecated</t>
+          <t>Southern Asia deprecated</t>
         </is>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>S89</t>
+          <t>S79</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>South-Eastern Asia not allocated deprecated</t>
+          <t>Southern Asia not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>SA</t>
+          <t>S8</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>Arabie Saoudite</t>
+          <t>South-Eastern Asia  deprecated</t>
         </is>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>SB</t>
+          <t>S89</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>Salomon, Îles</t>
+          <t>South-Eastern Asia not allocated deprecated</t>
         </is>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>SA</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>Seychelles</t>
+          <t>Arabie Saoudite</t>
         </is>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>SD</t>
+          <t>SB</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>Soudan</t>
+          <t>Salomon, Îles</t>
         </is>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>Suède</t>
+          <t>Seychelles</t>
         </is>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>SG</t>
+          <t>SD</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Singapour</t>
+          <t>Soudan</t>
         </is>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>SH</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>Sainte-Hélène, Ascension et Tristan Da Cunha</t>
+          <t>Suède</t>
         </is>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>SI</t>
+          <t>SG</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Slovénie</t>
+          <t>Singapour</t>
         </is>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>SJ</t>
+          <t>SH</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>Svalbard et Île Jan Mayen</t>
+          <t>Sainte-Hélène, Ascension et Tristan Da Cunha</t>
         </is>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>SK</t>
+          <t>SI</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>Slovaquie</t>
+          <t>Slovénie</t>
         </is>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>SL</t>
+          <t>SJ</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>Svalbard et Île Jan Mayen</t>
         </is>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>SM</t>
+          <t>SK</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>Saint-Marin</t>
+          <t>Slovaquie</t>
         </is>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>SN</t>
+          <t>SL</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>Sénégal</t>
+          <t>Sierra Leone</t>
         </is>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>SO</t>
+          <t>SM</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>Somalie</t>
+          <t>Saint-Marin</t>
         </is>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>SR</t>
+          <t>SN</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>Suriname</t>
+          <t>Sénégal</t>
         </is>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>SS</t>
+          <t>SO</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>South Sudan</t>
+          <t>Somalie</t>
         </is>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>ST</t>
+          <t>SR</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>Sao Tomé-et-Principe</t>
+          <t>Suriname</t>
         </is>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>SUH</t>
+          <t>SS</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>Former U.S.S.R.</t>
+          <t>South Sudan</t>
         </is>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>SUH9</t>
+          <t>ST</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>Former U.S.S.R. not allocated</t>
+          <t>Sao Tomé-et-Principe</t>
         </is>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>SV</t>
+          <t>SUH</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Former U.S.S.R.</t>
         </is>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>SX</t>
+          <t>SUH9</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>Sint Maarten (Dutch part)</t>
+          <t>Former U.S.S.R. not allocated</t>
         </is>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>SY</t>
+          <t>SV</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>Syrienne, République Arabe</t>
+          <t>El Salvador</t>
         </is>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>SZ</t>
+          <t>SX</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>Swaziland</t>
+          <t>Sint Maarten (Dutch part)</t>
         </is>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>TC</t>
+          <t>SY</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>Turks et Caïques, Îles</t>
+          <t>Syrienne, République Arabe</t>
         </is>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>TD</t>
+          <t>SZ</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>Tchad</t>
+          <t>Swaziland</t>
         </is>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>TF</t>
+          <t>TC</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>Terres Australes Françaises</t>
+          <t>Turks et Caïques, Îles</t>
         </is>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>TG</t>
+          <t>TD</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>Togo</t>
+          <t>Tchad</t>
         </is>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>TH</t>
+          <t>TF</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>Thaïlande</t>
+          <t>Terres Australes Françaises</t>
         </is>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>TJ</t>
+          <t>TG</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>Tadjikistan</t>
+          <t>Togo</t>
         </is>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>TK</t>
+          <t>TH</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>Tokelau</t>
+          <t>Thaïlande</t>
         </is>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>TL</t>
+          <t>TJ</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>Timor-Leste</t>
+          <t>Tadjikistan</t>
         </is>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>TK</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>Turkménistan</t>
+          <t>Tokelau</t>
         </is>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>TN</t>
+          <t>TL</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>Tunisie</t>
+          <t>Timor-Leste</t>
         </is>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>TO</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>Tonga</t>
+          <t>Turkménistan</t>
         </is>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>TR</t>
+          <t>TN</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>Turquie</t>
+          <t>Tunisie</t>
         </is>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>TT</t>
+          <t>TO</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>Trinité-et-Tobago</t>
+          <t>Tonga</t>
         </is>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>TV</t>
+          <t>TR</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>Tuvalu</t>
+          <t>Turquie</t>
         </is>
       </c>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>TW</t>
+          <t>TT</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>Taïwan, Province de Chine</t>
+          <t>Trinité-et-Tobago</t>
         </is>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>TZ</t>
+          <t>TV</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>Tanzanie, République-Unie de</t>
+          <t>Tuvalu</t>
         </is>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>U0</t>
+          <t>TW</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>Excepté Zone Euro et zone de référence</t>
+          <t>Taïwan, Province de Chine</t>
         </is>
       </c>
     </row>
     <row r="796">
       <c r="A796" t="inlineStr">
         <is>
-          <t>U2</t>
+          <t>TZ</t>
         </is>
       </c>
       <c r="B796" t="inlineStr">
         <is>
-          <t>Zone Euro (composition évolutive)</t>
+          <t>Tanzanie, République-Unie de</t>
         </is>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="inlineStr">
         <is>
-          <t>U20</t>
+          <t>U0</t>
         </is>
       </c>
       <c r="B797" t="inlineStr">
         <is>
-          <t>Euro area (Member States of the Euro Area) excluding ECB and ESM</t>
+          <t>Excepté Zone Euro et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="inlineStr">
         <is>
-          <t>U29</t>
+          <t>U2</t>
         </is>
       </c>
       <c r="B798" t="inlineStr">
         <is>
-          <t>Euro area (changing composition) not allocated</t>
+          <t>Zone Euro (composition évolutive)</t>
         </is>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>U3</t>
+          <t>U20</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>Etats de l`Union Européenne n`appartenant pas à la Zone Euro</t>
+          <t>Euro area (Member States of the Euro Area) excluding ECB and ESM</t>
         </is>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>U30</t>
+          <t>U29</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>Intra EU Extra Euro Area  (changing composition) excluding EU institutions</t>
+          <t>Euro area (changing composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>U39</t>
+          <t>U3</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>Intra EU Extra Euro Area  (changing composition) not allocated</t>
+          <t>Etats de l`Union Européenne n`appartenant pas à la Zone Euro</t>
         </is>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>U4</t>
+          <t>U30</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>Hors Zone Euro</t>
+          <t>Intra EU Extra Euro Area  (changing composition) excluding EU institutions</t>
         </is>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>U49</t>
+          <t>U39</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>Extra-Euro area (changing composition) not allocated</t>
+          <t>Intra EU Extra Euro Area  (changing composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>U5</t>
+          <t>U4</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>Autres pays de la Zone Euro (Tous pays excepté zone de référence)</t>
+          <t>Hors Zone Euro</t>
         </is>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>U6</t>
+          <t>U49</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Résidents</t>
+          <t>Extra-Euro area (changing composition) not allocated</t>
         </is>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>U7</t>
+          <t>U5</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>Zone Euro et zone de référence</t>
+          <t>Autres pays de la Zone Euro (Tous pays excepté zone de référence)</t>
         </is>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>U8</t>
+          <t>U6</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Zone Euro et zone de référence</t>
+          <t>Résidents</t>
         </is>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>U9</t>
+          <t>U7</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>Toutes zones autres que Union Européenne et zone de référence</t>
+          <t>Zone Euro et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>UA</t>
+          <t>U8</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>Toutes zones autres que Zone Euro et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>UG</t>
+          <t>U9</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>Ouganda</t>
+          <t>Toutes zones autres que Union Européenne et zone de référence</t>
         </is>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>UK</t>
+          <t>UA</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>United-Kingdom</t>
+          <t>Ukraine</t>
         </is>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>UM</t>
+          <t>UG</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>Îles Mineures Éloignées des États-Unis</t>
+          <t>Ouganda</t>
         </is>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>UK</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>États-Unis</t>
+          <t>United-Kingdom</t>
         </is>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>US1</t>
+          <t>UM</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Alaska</t>
+          <t>Îles Mineures Éloignées des États-Unis</t>
         </is>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>US2</t>
+          <t>US</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hawaii</t>
+          <t>États-Unis</t>
         </is>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>UY</t>
+          <t>US1</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Uruguay</t>
+          <t>Alaska</t>
         </is>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>UZ</t>
+          <t>US2</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Ouzbékistan</t>
+          <t>Hawaii</t>
         </is>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>V1</t>
+          <t>UY</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>Zone Euro 27 (Composition fixe)</t>
+          <t>Uruguay</t>
         </is>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>VA</t>
+          <t>UZ</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>Vatican, État de La Cité du</t>
+          <t>Ouzbékistan</t>
         </is>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>VC</t>
+          <t>V1</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
-          <t>Saint-Vincent-et-Les Grenadines</t>
+          <t>Zone Euro 27 (Composition fixe)</t>
         </is>
       </c>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>VE</t>
+          <t>VA</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Venezuela, République Bolivarienne du</t>
+          <t>Vatican, État de La Cité du</t>
         </is>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>VG</t>
+          <t>VC</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Îles Vierges Britanniques</t>
+          <t>Saint-Vincent-et-Les Grenadines</t>
         </is>
       </c>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>VI</t>
+          <t>VE</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>Îles Vierges des États-Unis</t>
+          <t>Venezuela, République Bolivarienne du</t>
         </is>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>VN</t>
+          <t>VG</t>
         </is>
       </c>
       <c r="B824" t="inlineStr">
         <is>
-          <t>Viet Nam</t>
+          <t>Îles Vierges Britanniques</t>
         </is>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>VU</t>
+          <t>VI</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>Vanuatu</t>
+          <t>Îles Vierges des États-Unis</t>
         </is>
       </c>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>W0</t>
+          <t>VN</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>World (all areas, including reference area, including IO)</t>
+          <t>Viet Nam</t>
         </is>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>W00</t>
+          <t>VU</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>All Countries, excluding the IO</t>
+          <t>Vanuatu</t>
         </is>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>W08</t>
+          <t>W0</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Domestic vis-à-vis world plus rest of the world vis-à-vis domestic</t>
+          <t>World (all areas, including reference area, including IO)</t>
         </is>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>W09</t>
+          <t>W00</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>World (all area, including reference area, including IO) not allocated</t>
+          <t>All Countries, excluding the IO</t>
         </is>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>W1</t>
+          <t>W08</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Rest of the World</t>
+          <t>Domestic vis-à-vis world plus rest of the world vis-à-vis domestic</t>
         </is>
       </c>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>W10</t>
+          <t>W09</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Rest of the world excluding International Organisations</t>
+          <t>World (all area, including reference area, including IO) not allocated</t>
         </is>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>W12</t>
+          <t>W1</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Rest of the World excluding IO and not allocated</t>
+          <t>Rest of the World</t>
         </is>
       </c>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>W19</t>
+          <t>W10</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Rest of the World (non allocated geographically)</t>
+          <t>Rest of the world excluding International Organisations</t>
         </is>
       </c>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>W190</t>
+          <t>W12</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Rest of the World (non allocated geographically) plus IO</t>
+          <t>Rest of the World excluding IO and not allocated</t>
         </is>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>W1X1</t>
+          <t>W19</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Rest of the World excluding IMF</t>
+          <t>Rest of the World (non allocated geographically)</t>
         </is>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>W1X2</t>
+          <t>W190</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t>Rest of World excluding 25 countries (AT, BE, BR, CA, HK, CN, FR, DE, IN, IE, IT, JP, KR, LU, MX, NL, RU, SG, ES, SE, CH, TR, GB, US)</t>
+          <t>Rest of the World (non allocated geographically) plus IO</t>
         </is>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>W2</t>
+          <t>W1X1</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>Domestic (home or reference area)</t>
+          <t>Rest of the World excluding IMF</t>
         </is>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>W24</t>
+          <t>W1X2</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>General governments and institutions of the EU</t>
+          <t>Rest of World excluding 25 countries (AT, BE, BR, CA, HK, CN, FR, DE, IN, IE, IT, JP, KR, LU, MX, NL, RU, SG, ES, SE, CH, TR, GB, US)</t>
         </is>
       </c>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>W29</t>
+          <t>W2</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>Non-resident in the economic territory</t>
+          <t>Domestic (home or reference area)</t>
         </is>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>WF</t>
+          <t>W24</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>Wallis et Futuna</t>
+          <t>General governments and institutions of the EU</t>
         </is>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>WKU</t>
+          <t>W29</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Wake Islands</t>
+          <t>Non-resident in the economic territory</t>
         </is>
       </c>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>WS</t>
+          <t>WF</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Samoa</t>
+          <t>Wallis et Futuna</t>
         </is>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>X0</t>
+          <t>WKU</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>IMF Member Countries (IMF)</t>
+          <t>Wake Islands</t>
         </is>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>X1F</t>
+          <t>WS</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Export Earnings: Fuel (IMF)</t>
+          <t>Samoa</t>
         </is>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>X1NF</t>
+          <t>X0</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Export Earnings: Nonfuel (IMF)</t>
+          <t>IMF Member Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>X4</t>
+          <t>X1F</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>Area X4</t>
+          <t>Export Earnings: Fuel (IMF)</t>
         </is>
       </c>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>X88</t>
+          <t>X1NF</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>Other Countries n.i.e. (IMF)</t>
+          <t>Export Earnings: Nonfuel (IMF)</t>
         </is>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>X999</t>
+          <t>X4</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Total reporting countries (IMF)</t>
+          <t>Area X4</t>
         </is>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>XA6</t>
+          <t>X88</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Other Central America (IMF)</t>
+          <t>Other Countries n.i.e. (IMF)</t>
         </is>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>XA69</t>
+          <t>X999</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Other Central America not allocated (IMF)</t>
+          <t>Total reporting countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>XA7</t>
+          <t>XA6</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Other South America (IMF)</t>
+          <t>Other Central America (IMF)</t>
         </is>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>XA79</t>
+          <t>XA69</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Other South America not allocated (IMF)</t>
+          <t>Other Central America not allocated (IMF)</t>
         </is>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>XD</t>
+          <t>XA7</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>DOM France</t>
+          <t>Other South America (IMF)</t>
         </is>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>XE2</t>
+          <t>XA79</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Advanced Europe (IMF)</t>
+          <t>Other South America not allocated (IMF)</t>
         </is>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>XE3</t>
+          <t>XD</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>Other European Countries (IMF)</t>
+          <t>DOM France</t>
         </is>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>XE39</t>
+          <t>XE2</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Other European Countries not allocated (IMF)</t>
+          <t>Advanced Europe (IMF)</t>
         </is>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>XG</t>
+          <t>XE3</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>Gaza and Jericho</t>
+          <t>Other European Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>XK</t>
+          <t>XE39</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Kosovo</t>
+          <t>Other European Countries not allocated (IMF)</t>
         </is>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>XR21</t>
+          <t>XG</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Oil-exporting Countries (IMF)</t>
+          <t>Gaza and Jericho</t>
         </is>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>XR23</t>
+          <t>XK</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Advanced Economies G-20 (IMF)</t>
+          <t>Kosovo</t>
         </is>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>XR24</t>
+          <t>XR21</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Emerging Economies G-20 (IMF)</t>
+          <t>Oil-exporting Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>XR25</t>
+          <t>XR23</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Non G-20 Countries (IMF)</t>
+          <t>Advanced Economies G-20 (IMF)</t>
         </is>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>XR29</t>
+          <t>XR24</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Advanced Economies (IMF)</t>
+          <t>Emerging Economies G-20 (IMF)</t>
         </is>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>XR30</t>
+          <t>XR25</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Oil-Importing Countries (IMF)</t>
+          <t>Non G-20 Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>XR32</t>
+          <t>XR29</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Other Advanced Economies (IMF)</t>
+          <t>Advanced Economies (IMF)</t>
         </is>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>XR40</t>
+          <t>XR30</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Heavily Indebted Poor Countries (IMF)</t>
+          <t>Oil-Importing Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>XR41</t>
+          <t>XR32</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Countries in Transition (IMF)</t>
+          <t>Other Advanced Economies (IMF)</t>
         </is>
       </c>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>XR42</t>
+          <t>XR40</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>MDRI Countries (IMF)</t>
+          <t>Heavily Indebted Poor Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>XR43</t>
+          <t>XR41</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Emerging and developing economies (IMF)</t>
+          <t>Countries in Transition (IMF)</t>
         </is>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>XR44</t>
+          <t>XR42</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Non-oil Developing Countries (IMF)</t>
+          <t>MDRI Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>XR55</t>
+          <t>XR43</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Resource Intensive Countries (IMF)</t>
+          <t>Emerging and developing economies (IMF)</t>
         </is>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>XR99</t>
+          <t>XR44</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Special Categories and Economic Zones</t>
+          <t>Non-oil Developing Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>XRC1</t>
+          <t>XR55</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Other CPIS Holding Countries Excluding Key Partners (Mandatory FSAP countries - changing composition)</t>
+          <t>Resource Intensive Countries (IMF)</t>
         </is>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>XS2</t>
+          <t>XR99</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Emerging Asia (IMF)</t>
+          <t>Special Categories and Economic Zones</t>
         </is>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>XS25</t>
+          <t>XRC1</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Developing Asia (IMF)</t>
+          <t>Other CPIS Holding Countries Excluding Key Partners (Mandatory FSAP countries - changing composition)</t>
         </is>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>XS3</t>
+          <t>XS2</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Developing Asia Excl. China</t>
+          <t>Emerging Asia (IMF)</t>
         </is>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>XS4</t>
+          <t>XS25</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Newly Industrialized Asian Economies (IMF)</t>
+          <t>Developing Asia (IMF)</t>
         </is>
       </c>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>YE</t>
+          <t>XS3</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Yémen</t>
+          <t>Developing Asia Excl. China</t>
         </is>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>YT</t>
+          <t>XS4</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Mayotte</t>
+          <t>Newly Industrialized Asian Economies (IMF)</t>
         </is>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>YUC</t>
+          <t>YE</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Former Yugoslavia</t>
+          <t>Yémen</t>
         </is>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>YUC9</t>
+          <t>YT</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Former Yugoslavia not allocated</t>
+          <t>Mayotte</t>
         </is>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>Z1</t>
+          <t>YUC</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Euro area (moving concept in the Real Time database context)</t>
+          <t>Former Yugoslavia</t>
         </is>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>Z10</t>
+          <t>YUC9</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>EU 12 (fixed composition) including West Germany</t>
+          <t>Former Yugoslavia not allocated</t>
         </is>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>Z12</t>
+          <t>Z1</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Equally-shared control of UCIs (ultimate controlling institutional units of a foreign affiliate) of more than one EU member state</t>
+          <t>Euro area (moving concept in the Real Time database context)</t>
         </is>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>Z3</t>
+          <t>Z10</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Euro area 11 (fixed composition) excluding LU</t>
+          <t>EU 12 (fixed composition) including West Germany</t>
         </is>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>Z4</t>
+          <t>Z12</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Euro area countries except Germany, France, Italy and Spain</t>
+          <t>Equally-shared control of UCIs (ultimate controlling institutional units of a foreign affiliate) of more than one EU member state</t>
         </is>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>Z5</t>
+          <t>Z3</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Monde non ventilé (geographiquement)</t>
+          <t>Euro area 11 (fixed composition) excluding LU</t>
         </is>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>Z6</t>
+          <t>Z4</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>All areas other than EU 15 and reference/home area</t>
+          <t>Euro area countries except Germany, France, Italy and Spain</t>
         </is>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>Z8</t>
+          <t>Z5</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Other EU member states (all countries except the reference area)</t>
+          <t>Monde non ventilé (geographiquement)</t>
         </is>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>Z9</t>
+          <t>Z6</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Reste du Monde</t>
+          <t>All areas other than EU 15 and reference/home area</t>
         </is>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>ZA</t>
+          <t>Z8</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Afrique du Sud</t>
+          <t>Other EU member states (all countries except the reference area)</t>
         </is>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>ZM</t>
+          <t>Z9</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Zambie</t>
+          <t>Reste du Monde</t>
         </is>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>ZW</t>
+          <t>ZA</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Zimbabwe</t>
+          <t>Afrique du Sud</t>
         </is>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>ZZ</t>
+          <t>ZM</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Autres pays européens</t>
+          <t>Zambie</t>
         </is>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>_X</t>
+          <t>ZW</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Non alloué / Non spécifié</t>
+          <t>Zimbabwe</t>
         </is>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
+          <t>ZZ</t>
+        </is>
+      </c>
+      <c r="B896" t="inlineStr">
+        <is>
+          <t>Autres pays européens</t>
+        </is>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" t="inlineStr">
+        <is>
+          <t>_X</t>
+        </is>
+      </c>
+      <c r="B897" t="inlineStr">
+        <is>
+          <t>Non alloué / Non spécifié</t>
+        </is>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B896" t="inlineStr">
+      <c r="B898" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B54"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">