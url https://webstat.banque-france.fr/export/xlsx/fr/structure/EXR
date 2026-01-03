--- v0 (2025-12-08)
+++ v1 (2026-01-03)
@@ -498,50 +498,55 @@
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>FREQ</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Périodicité</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>CURRENCY</t>
         </is>
       </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Devise</t>
+        </is>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>CURRENCY_DENOM</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Devise</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>EXR_TYPE</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Taux de change - Type de taux</t>
         </is>
       </c>
     </row>
@@ -9110,55 +9115,50 @@
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>DECIMALS</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Nombre de décimales</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>UNIT_MULT</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Magnitude</t>
         </is>
       </c>
     </row>
@@ -9403,50 +9403,55 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B322"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>CURRENCY</t>
         </is>
       </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Devise</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
@@ -16646,55 +16651,50 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B308"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
-      <c r="B1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">