--- v1 (2026-01-03)
+++ v2 (2026-02-12)
@@ -9115,50 +9115,55 @@
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Unité</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>DECIMALS</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Nombre de décimales</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>UNIT_MULT</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Magnitude</t>
         </is>
       </c>
     </row>
@@ -16651,50 +16656,55 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B308"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
+      <c r="B1" t="inlineStr">
+        <is>
+          <t>Unité</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">