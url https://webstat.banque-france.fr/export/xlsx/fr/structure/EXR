--- v2 (2026-02-12)
+++ v3 (2026-03-14)
@@ -498,55 +498,50 @@
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>FREQ</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Périodicité</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>CURRENCY</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>CURRENCY_DENOM</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Devise</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>EXR_TYPE</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Taux de change - Type de taux</t>
         </is>
       </c>
     </row>
@@ -9408,55 +9403,50 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B322"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>CURRENCY</t>
         </is>
       </c>
-      <c r="B1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
@@ -16642,51 +16632,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Pourcentage - changement sur 3 ans</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B308"/>
+  <dimension ref="A1:B311"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Unité</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
@@ -18039,2249 +18029,2285 @@
         <is>
           <t>ISK</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Couronne Islandaise</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>ITL</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Lire Italienne</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>JEP</t>
+          <t>IX</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Index</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>JMD</t>
-[...4 lines deleted...]
-          <t>Dollar Jamaïcain</t>
+          <t>JEP</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>JOD</t>
+          <t>JMD</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Dinar Jordanien</t>
+          <t>Dollar Jamaïcain</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>JPY</t>
+          <t>JOD</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Yen</t>
+          <t>Dinar Jordanien</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>JRACH</t>
+          <t>JPY</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Jours d'achats</t>
+          <t>Yen</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>JRCA</t>
+          <t>JRACH</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Jours de chiffre d'affaires</t>
+          <t>Jours d'achats</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>KES</t>
+          <t>JRCA</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Shilling du Kenya</t>
+          <t>Jours de chiffre d'affaires</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>KGS</t>
+          <t>KES</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Som</t>
+          <t>Shilling du Kenya</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>KHR</t>
+          <t>KGS</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Riel</t>
+          <t>Som</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>KILO</t>
+          <t>KHR</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Kilogrammes</t>
+          <t>Riel</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>KLITRE</t>
+          <t>KILO</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Kilolitres</t>
+          <t>Kilogrammes</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>KMF</t>
+          <t>KLITRE</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Franc des Comores</t>
+          <t>Kilolitres</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>KPW</t>
+          <t>KMF</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Won de La Coree du Nord</t>
+          <t>Franc des Comores</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>KRW</t>
+          <t>KPW</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Won</t>
+          <t>Won de La Coree du Nord</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>KWD</t>
+          <t>KRW</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Dinar Koweïtien</t>
+          <t>Won</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>KYD</t>
+          <t>KWD</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Dollar des Caïmanes</t>
+          <t>Dinar Koweïtien</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>KZT</t>
+          <t>KYD</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Tenge</t>
+          <t>Dollar des Caïmanes</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>LAK</t>
+          <t>KZT</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Kip</t>
+          <t>Tenge</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>LBP</t>
+          <t>LAK</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Livre Libanaise</t>
+          <t>Kip</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>LIF</t>
+          <t>LBP</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Franc Suisse - Liechtenstein</t>
+          <t>Livre Libanaise</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>LITRES</t>
+          <t>LIF</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Litres</t>
+          <t>Franc Suisse - Liechtenstein</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>LKR</t>
+          <t>LITRES</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Roupie de Sri Lanka</t>
+          <t>Litres</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>LRD</t>
+          <t>LKR</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Dollar Liberien</t>
+          <t>Roupie de Sri Lanka</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>LSL</t>
+          <t>LRD</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Loti</t>
+          <t>Dollar Liberien</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>LTL</t>
+          <t>LSL</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Litas Lituanien</t>
+          <t>Loti</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>LUF</t>
+          <t>LTL</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Franc Luxembourgeois</t>
+          <t>Litas Lituanien</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>LVL</t>
+          <t>LUF</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Lats Letton</t>
+          <t>Franc Luxembourgeois</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>LYD</t>
+          <t>LVL</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Dinar Libyen</t>
+          <t>Lats Letton</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>MAD</t>
+          <t>LYD</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Dirham Marocain</t>
+          <t>Dinar Libyen</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>MAN-DY</t>
+          <t>MAD</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Dirham Marocain</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>MAN-YR</t>
+          <t>MAN-DY</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>MDL</t>
-[...4 lines deleted...]
-          <t>Leu de Moldovie</t>
+          <t>MAN-YR</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>MGA</t>
+          <t>MDL</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Ariary Malgache</t>
+          <t>Leu de Moldovie</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>MGF</t>
+          <t>MGA</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Franc Malgache</t>
+          <t>Ariary Malgache</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>MKD</t>
+          <t>MGF</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Denar</t>
+          <t>Franc Malgache</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>MMK</t>
+          <t>MKD</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Kyat</t>
+          <t>Denar</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>MNT</t>
+          <t>MMK</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Tugrik</t>
+          <t>Kyat</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>MONTHS</t>
+          <t>MNT</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Mois</t>
+          <t>Tugrik</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>MOP</t>
+          <t>MONTHS</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Pataca</t>
+          <t>Mois</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>MRO</t>
+          <t>MOP</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Ouguia</t>
+          <t>Pataca</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>MRU</t>
+          <t>MRO</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Ouguiya mauritanien</t>
+          <t>Ouguia</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>MTL</t>
+          <t>MRU</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Livre Maltaise</t>
+          <t>Ouguiya mauritanien</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>MUR</t>
+          <t>MTL</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Roupie de Maurice</t>
+          <t>Livre Maltaise</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>MVR</t>
+          <t>MUR</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Rufiyaa</t>
+          <t>Roupie de Maurice</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>MWK</t>
+          <t>MVR</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Kwacha du Malawie</t>
+          <t>Rufiyaa</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>MXN</t>
+          <t>MWK</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Nouveau Peso Mexicain</t>
+          <t>Kwacha du Malawie</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>MXP</t>
+          <t>MXN</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Nouveau Peso Mexicain</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>MYR</t>
-[...4 lines deleted...]
-          <t>Ringgit de Malaisie</t>
+          <t>MXP</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>MZM</t>
+          <t>MYR</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Metical</t>
+          <t>Ringgit de Malaisie</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>MZN</t>
+          <t>MZM</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Nouveau Metical Mozamibicain</t>
+          <t>Metical</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>NAD</t>
+          <t>MZN</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Dollar Namibien</t>
+          <t>Nouveau Metical Mozamibicain</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>NATCUR</t>
+          <t>NAD</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Devise nationale</t>
+          <t>Dollar Namibien</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>NBRE</t>
+          <t>NATCUR</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>nombre</t>
+          <t>Devise nationale</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>NGN</t>
+          <t>NBRE</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Naira</t>
+          <t>nombre</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>NIO</t>
+          <t>NGN</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Cordoba Oro</t>
+          <t>Naira</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>NLG</t>
+          <t>NIO</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Florin Neerlandais</t>
+          <t>Cordoba Oro</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>NOK</t>
+          <t>NLG</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Couronne Norvegienne</t>
+          <t>Florin Neerlandais</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>NPR</t>
+          <t>NOK</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Roupie du Nepal</t>
+          <t>Couronne Norvegienne</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>NZD</t>
+          <t>NPR</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Dollar Neo-Zelandais</t>
+          <t>Roupie du Nepal</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>OMR</t>
+          <t>NZD</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Rial Omani</t>
+          <t>Dollar Neo-Zelandais</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>OUNCES</t>
+          <t>OMR</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Rial Omani</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>PAB</t>
-[...4 lines deleted...]
-          <t>Balboa</t>
+          <t>OUNCES</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>PC</t>
+          <t>PAB</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Pourcent</t>
+          <t>Balboa</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>PCCH</t>
+          <t>PC</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Variation en pourcentage</t>
+          <t>Pourcent</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>PCPA</t>
+          <t>PCCH</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Pourcent par an</t>
+          <t>Variation en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>PCPIB</t>
+          <t>PCPA</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>pourcentage du PIB</t>
+          <t>Pourcent par an</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>PCT</t>
+          <t>PCPIB</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>pourcentage du PIB</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>PCVA</t>
-[...4 lines deleted...]
-          <t>Pourcentage de la valeur ajoutée</t>
+          <t>PCT</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>PEN</t>
+          <t>PCVA</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Nouveau Sol</t>
+          <t>Pourcentage de la valeur ajoutée</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>PERS</t>
+          <t>PD</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Personnes</t>
+          <t>Points de pourcentage</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>PGK</t>
+          <t>PEN</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Kina</t>
+          <t>Nouveau Sol</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>PHP</t>
+          <t>PERS</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Peso Philippin</t>
+          <t>Personnes</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>PKR</t>
+          <t>PGK</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Roupie du Pakistan</t>
+          <t>Kina</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>PLN</t>
+          <t>PHP</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Zloty</t>
+          <t>Peso Philippin</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>PLZ</t>
+          <t>PKR</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Roupie du Pakistan</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>PM</t>
+          <t>PLN</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Pour mille</t>
+          <t>Zloty</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>POINTS</t>
-[...4 lines deleted...]
-          <t>Points</t>
+          <t>PLZ</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>PROP</t>
+          <t>PM</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Proportion</t>
+          <t>Pour mille</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>PTE</t>
+          <t>POINTS</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Escudo Portugais</t>
+          <t>Points</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>PTPIB</t>
+          <t>PROP</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Points de PIB</t>
+          <t>Proportion</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>PURE_NUMB</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Nombre pur</t>
+          <t>Pourcentage</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>PYG</t>
+          <t>PTE</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Guarani</t>
+          <t>Escudo Portugais</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>QAR</t>
+          <t>PTPIB</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Riyal du Qatar</t>
+          <t>Points de PIB</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>RATIO</t>
+          <t>PURE_NUMB</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Ratio</t>
+          <t>Nombre pur</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>ROL</t>
+          <t>PYG</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>Leu</t>
+          <t>Guarani</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>RON</t>
+          <t>QAR</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>Nouveau Ron</t>
+          <t>Riyal du Qatar</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>RSD</t>
+          <t>RATIO</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>Dinar Serbe</t>
+          <t>Ratio</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>RUB</t>
+          <t>ROL</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Leu</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>RUR</t>
+          <t>RON</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>Rouble Russe</t>
+          <t>Nouveau Ron</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>RWF</t>
+          <t>RSD</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>Franc du Rwanda</t>
+          <t>Dinar Serbe</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>SAR</t>
+          <t>RUB</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Riyal Saoudien</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>SBD</t>
+          <t>RUR</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Dollar de Salomon</t>
+          <t>Rouble Russe</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>SCR</t>
+          <t>RWF</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Roupie des Seychelles</t>
+          <t>Franc du Rwanda</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>SDD</t>
+          <t>SAR</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Dinar Soudanais</t>
+          <t>Riyal Saoudien</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>SDG</t>
+          <t>SBD</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Livre Soudanaise</t>
+          <t>Dollar de Salomon</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>SDIM</t>
+          <t>SCR</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Valeur sans dimension</t>
+          <t>Roupie des Seychelles</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>SDP</t>
+          <t>SDD</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>Dinar Soudanais</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>SEK</t>
+          <t>SDG</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Couronne Suedoise</t>
+          <t>Livre Soudanaise</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>SGD</t>
+          <t>SDIM</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Dollar de Singapour</t>
+          <t>Valeur sans dimension</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>SHP</t>
-[...4 lines deleted...]
-          <t>Livre de Sainte-Helene</t>
+          <t>SDP</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>SIT</t>
+          <t>SEK</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Tolar</t>
+          <t>Couronne Suedoise</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>SKK</t>
+          <t>SGD</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Couronne Slovaque</t>
+          <t>Dollar de Singapour</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>SLL</t>
+          <t>SHP</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Leone</t>
+          <t>Livre de Sainte-Helene</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>SML</t>
+          <t>SIT</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Lire Italienne - San-Marin</t>
+          <t>Tolar</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>SO</t>
+          <t>SKK</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Solde d'opinion</t>
+          <t>Couronne Slovaque</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>SOPCT</t>
+          <t>SLL</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Solde d'opinion en pourcentage</t>
+          <t>Leone</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>SOS</t>
+          <t>SML</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Shilling de Somalie</t>
+          <t>Lire Italienne - San-Marin</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>SPL</t>
+          <t>SO</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>Solde d'opinion</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>SQ_M</t>
+          <t>SOPCT</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Mètres carrés</t>
+          <t>Solde d'opinion en pourcentage</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>SRD</t>
+          <t>SOS</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Dollar de Suriname</t>
+          <t>Shilling de Somalie</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>SRG</t>
-[...4 lines deleted...]
-          <t>Florin de Suriname</t>
+          <t>SPL</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>STD</t>
+          <t>SQ_M</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Dobra</t>
+          <t>Mètres carrés</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>SVC</t>
+          <t>SRD</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Colon du Salvador</t>
+          <t>Dollar de Suriname</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>SYP</t>
+          <t>SRG</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Livre Syrienne</t>
+          <t>Florin de Suriname</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>SZL</t>
+          <t>STD</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Lilangeni</t>
+          <t>Dobra</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>TCD</t>
+          <t>SVC</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis - Turks et Caicos</t>
+          <t>Colon du Salvador</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>THB</t>
+          <t>SYP</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Baht</t>
+          <t>Livre Syrienne</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>TJR</t>
+          <t>SZL</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Rouble Tadjik</t>
+          <t>Lilangeni</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>TJS</t>
+          <t>TCD</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Somoni</t>
+          <t>Dollar des Etats-Unis - Turks et Caicos</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>TMM</t>
+          <t>THB</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Baht</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>TMT</t>
+          <t>TJR</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Manat</t>
+          <t>Rouble Tadjik</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>TND</t>
+          <t>TJS</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Dinar Tunisien</t>
+          <t>Somoni</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>TONNES</t>
+          <t>TMM</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Tonnes</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>TOP</t>
+          <t>TMT</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Pa`Anga</t>
+          <t>Manat</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>TPE</t>
+          <t>TND</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Escudo de Timor</t>
+          <t>Dinar Tunisien</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>TRL</t>
+          <t>TONNES</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Livre Turque</t>
+          <t>Tonnes</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>TRY</t>
+          <t>TOP</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Nouvelle Livre Turque</t>
+          <t>Pa`Anga</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>TTD</t>
+          <t>TPE</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Dollar de La Trinite et de Tobago</t>
+          <t>Escudo de Timor</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>TVD</t>
+          <t>TRL</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>TWD</t>
+          <t>TRY</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Nouveau Dollar de Taiwan</t>
+          <t>Nouvelle Livre Turque</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>TZS</t>
+          <t>TTD</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Shilling de Tanzanie</t>
+          <t>Dollar de La Trinite et de Tobago</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>UAH</t>
-[...4 lines deleted...]
-          <t>Hryvnia</t>
+          <t>TVD</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>UAK</t>
+          <t>TWD</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Karbovanet</t>
+          <t>Nouveau Dollar de Taiwan</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>UGX</t>
+          <t>TZS</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Shilling Ougandais</t>
+          <t>Shilling de Tanzanie</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>UNITS</t>
+          <t>UAH</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Unité décrite dans le titre</t>
+          <t>Hryvnia</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>USD</t>
+          <t>UAK</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Dollar des Etats-Unis</t>
+          <t>Karbovanet</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>USN</t>
+          <t>UGX</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Dollar Us Lendemain</t>
+          <t>Shilling Ougandais</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>USS</t>
+          <t>UNITS</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Dollar Us (Même Jour)</t>
+          <t>Unité décrite dans le titre</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>UYU</t>
+          <t>USD</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Peso Uruguayen</t>
+          <t>Dollar des Etats-Unis</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>UZS</t>
+          <t>USN</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Soum d`Ouzbekistan</t>
+          <t>Dollar Us Lendemain</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>VEB</t>
+          <t>USS</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Bolivar</t>
+          <t>Dollar Us (Même Jour)</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>UYU</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>VEF</t>
+          <t>Peso Uruguayen</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>VND</t>
+          <t>UZS</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Dong</t>
+          <t>Soum d`Ouzbekistan</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>VUV</t>
+          <t>VEB</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Vatu</t>
+          <t>Bolivar</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>WST</t>
+          <t>VEF</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Tala</t>
+          <t>VEF</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>X3</t>
+          <t>VND</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Devise</t>
+          <t>Dong</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>XAF</t>
+          <t>VUV</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Franc Cfa-Beac</t>
+          <t>Vatu</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>XAG</t>
+          <t>WST</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Argent</t>
+          <t>Tala</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>XAU</t>
+          <t>X3</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Or Monetaire</t>
+          <t>Devise</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>XBA</t>
+          <t>XAF</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Unite Europeenne Composee (Eurco)</t>
+          <t>Franc Cfa-Beac</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>XBB</t>
+          <t>XAG</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
+          <t>Argent</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>XBC</t>
+          <t>XAU</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
+          <t>Or Monetaire</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>XBD</t>
+          <t>XBA</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
+          <t>Unite Europeenne Composee (Eurco)</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>XCD</t>
+          <t>XBB</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Dollar des Caraïbes Orientales</t>
+          <t>Unite Monetaire Europeenne (Ume-6 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>XDC</t>
+          <t>XBC</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Monnaie nationale</t>
+          <t>Unite de Compte 9 (Uec-9 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>XDC_R_B1GQ_CY</t>
+          <t>XBD</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
+          <t>Unite de Compte 17 (Uec - 17 Monnaies)</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>XDC_R_B1G_CY</t>
+          <t>XCD</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
+          <t>Dollar des Caraïbes Orientales</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>XDC_R_B6G_S1M</t>
+          <t>XDC</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>en % du RDB</t>
+          <t>Monnaie nationale</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>XDC_R_DEBT</t>
+          <t>XDC_R_B1GQ_CY</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>part dans l endettement</t>
+          <t>Monnaie nationale (incl. une conversion à la monnaie courante en utilisant une parité fixe); ratio à la somme du glissement annuel du produit intérieur brut</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>XDR</t>
+          <t>XDC_R_B1G_CY</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
+          <t>Monnaie nationale (incl. une conversion en monnaie courante effectuée à l'aide d'une parité fixe) ; rapport à la somme annuelle mobile du produit</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>XDV</t>
+          <t>XDC_R_B6G_S1M</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cvf</t>
+          <t>en % du RDB</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>XER</t>
+          <t>XDC_R_DEBT</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Ecu Prive</t>
+          <t>part dans l endettement</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>XEU</t>
+          <t>XDR</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Unite de Compte Europeen (E.C.U.)</t>
+          <t>Droit de Tirage Special (D.T.S.) (=3.61 Xfo)</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>XGO</t>
+          <t>XDV</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Once d’or fin</t>
+          <t>Monnaies Indeterminees Cvf</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>XOF</t>
+          <t>XER</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Franc Cfa-Bceao</t>
+          <t>Ecu Prive</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>XPD</t>
+          <t>XEU</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Palladium</t>
+          <t>Unite de Compte Europeen (E.C.U.)</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>XPF</t>
+          <t>XGO</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Franc Cfp</t>
+          <t>Once d’or fin</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>XPT</t>
+          <t>XOF</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Platine</t>
+          <t>Franc Cfa-Bceao</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>XRH</t>
+          <t>XPD</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Palladium</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>XTS</t>
+          <t>XPF</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Code reserve specifiquement a des fins d`essai</t>
+          <t>Franc Cfp</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>XXX</t>
+          <t>XPT</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Codes attrib. aux transactions ne faisant pas in</t>
+          <t>Platine</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>YEARS</t>
+          <t>XRH</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>YER</t>
+          <t>XTS</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Riyal du Yemen</t>
+          <t>Code reserve specifiquement a des fins d`essai</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>YUM</t>
+          <t>XXX</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Nouveau Dinar Serbie Montenegro</t>
+          <t>Codes attrib. aux transactions ne faisant pas in</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>YUN</t>
-[...4 lines deleted...]
-          <t>Dinar Yougoslave</t>
+          <t>YEARS</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>Z01</t>
+          <t>YER</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Toutes monnaies confondues</t>
+          <t>Riyal du Yemen</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>Z06</t>
+          <t>YUM</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Toutes monnaies non-euro confondues</t>
+          <t>Nouveau Dinar Serbie Montenegro</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>ZAR</t>
+          <t>YUN</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Rand</t>
+          <t>Dinar Yougoslave</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>ZDV</t>
+          <t>Z01</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Monnaies Indeterminees Cve</t>
+          <t>Toutes monnaies confondues</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>ZMK</t>
+          <t>Z06</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Kwacha de Zambie</t>
+          <t>Toutes monnaies non-euro confondues</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>ZMW</t>
+          <t>ZAR</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Nouveau kwacha de Zambie</t>
+          <t>Rand</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>ZRN</t>
+          <t>ZDV</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Nouveau Zaïre</t>
+          <t>Monnaies Indeterminees Cve</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>ZWD</t>
+          <t>ZMK</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWD - )</t>
+          <t>Kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>ZWL</t>
+          <t>ZMW</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWL - )</t>
+          <t>Nouveau kwacha de Zambie</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>ZWN</t>
+          <t>ZRN</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWN - )</t>
+          <t>Nouveau Zaïre</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>ZWR</t>
+          <t>ZWD</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+          <t>Dollar du Zimbabwe (ZWD - )</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>_T</t>
+          <t>ZWL</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Toutes monnaies d'opération</t>
+          <t>Dollar du Zimbabwe (ZWL - )</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>_X</t>
+          <t>ZWN</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Non spécifié</t>
+          <t>Dollar du Zimbabwe (ZWN - )</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
+          <t>ZWR</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>Dollar du Zimbabwe (ZWR - depuis 06/03/2009)</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>_T</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>Toutes monnaies d'opération</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>_X</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>Non spécifié</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B308" t="inlineStr">
+      <c r="B311" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>