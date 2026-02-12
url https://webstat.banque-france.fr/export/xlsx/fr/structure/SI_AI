--- v0 (2026-01-20)
+++ v1 (2026-02-12)
@@ -910,55 +910,50 @@
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B308"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
-      <c r="B1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
@@ -13073,55 +13068,50 @@
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>UNIT</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>DECIMALS</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Nombre de décimales</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>UNIT_MULT</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Magnitude</t>
         </is>
       </c>
     </row>
@@ -20107,195 +20097,231 @@
       </c>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
           <t>ZZ</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
           <t>Autres pays européens</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B12"/>
+  <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ADJUSTMENT</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Correction statistique</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Code</t>
           </r>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <r>
             <rPr>
               <b val="1"/>
             </rPr>
             <t>Libellé</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>B</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Tendance, CJO, non désaisonnalisée</t>
+          <t>Brut (actif financier)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>C</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Brut</t>
+          <t>Tendance, CJO, non désaisonnalisée</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>N</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>CVS</t>
+          <t>Brut</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>N_C12</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Tendance</t>
+          <t>Cumul 12 mois – Brut</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>S</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>CJO</t>
+          <t>CVS</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>X</t>
+          <t>S_C12</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Facteurs saisonniers</t>
+          <t>Cumul 12 mois – CVS</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>T</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>CVS/CJO</t>
+          <t>Tendance</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Z</t>
+          <t>W</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Facteurs saisonniers et calendaires combinés</t>
+          <t>CJO</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
+          <t>X</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Facteurs saisonniers</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>CVS/CJO</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Z</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Facteurs saisonniers et calendaires combinés</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
           <t>_Z</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Non applicable</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">